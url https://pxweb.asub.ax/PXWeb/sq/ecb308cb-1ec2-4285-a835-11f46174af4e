--- v0 (2025-12-19)
+++ v1 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde171ae55b204fcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5c5afcda8f764ce5b8e335a632cd9324.psmdcp" Id="R7debbacf341f4e30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea99e47518ea475c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fd4b47fb29944839a57d070d214e6142.psmdcp" Id="R105b39dd45e24f00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ021" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <x:si>
     <x:t>Godstrafik med fartyg mellan Åland och Finland efter riktning, varuslag och år</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>