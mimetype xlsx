--- v1 (2026-01-09)
+++ v2 (2026-02-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea99e47518ea475c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fd4b47fb29944839a57d070d214e6142.psmdcp" Id="R105b39dd45e24f00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1248c83993c241a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1249e752cb924d719acc0c67261eab3e.psmdcp" Id="Rf2f8bf21fd0e486f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ021" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <x:si>
     <x:t>Godstrafik med fartyg mellan Åland och Finland efter riktning, varuslag och år</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>