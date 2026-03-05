--- v2 (2026-02-13)
+++ v3 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1248c83993c241a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1249e752cb924d719acc0c67261eab3e.psmdcp" Id="Rf2f8bf21fd0e486f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5af675adcd854a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3575433e2dd944a49a864358e259bd5e.psmdcp" Id="Rb0f41d59cfb24e7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ021" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <x:si>
     <x:t>Godstrafik med fartyg mellan Åland och Finland efter riktning, varuslag och år</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>