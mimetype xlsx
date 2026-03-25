--- v3 (2026-03-05)
+++ v4 (2026-03-25)
@@ -1,89 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5af675adcd854a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3575433e2dd944a49a864358e259bd5e.psmdcp" Id="Rb0f41d59cfb24e7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb721a24dc744500" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0d05035f4e704ca888ac67f789d5628b.psmdcp" Id="R72c7da4e8cdd4b07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ021" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="47">
   <x:si>
     <x:t>Godstrafik med fartyg mellan Åland och Finland efter riktning, varuslag och år</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>
+    <x:t>2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Import</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>
     <x:t>Råvirke</x:t>
   </x:si>
   <x:si>
     <x:t>.</x:t>
   </x:si>
   <x:si>
     <x:t>Sågat virke</x:t>
   </x:si>
   <x:si>
     <x:t>Pappersmassa, returpapper</x:t>
   </x:si>
   <x:si>
     <x:t>Papper</x:t>
   </x:si>
   <x:si>
     <x:t>Plywood och faner</x:t>
   </x:si>
   <x:si>
     <x:t>Anrikad malm</x:t>
@@ -106,51 +109,51 @@
   <x:si>
     <x:t>Kemikalier</x:t>
   </x:si>
   <x:si>
     <x:t>Obearbetade mineraler, cement</x:t>
   </x:si>
   <x:si>
     <x:t>Spannmål</x:t>
   </x:si>
   <x:si>
     <x:t>Styckegods</x:t>
   </x:si>
   <x:si>
     <x:t>Annat gods</x:t>
   </x:si>
   <x:si>
     <x:t>Export</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;A HREF=https://www.asub.ax/sv/beskrivning-sjofartsstatistiken TARGET=_blank&gt;Beskrivning av statistiken&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20250221 08:00</x:t>
+    <x:t>20260227 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikcentralen</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Ålands statistik- och utredningsbyrå (ÅSUB) </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">PB 1187 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">AX-22111 Mariehamn </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">018-25490 </x:t>
   </x:si>
   <x:si>
     <x:t>asub@asub.ax</x:t>
   </x:si>
@@ -545,1267 +548,1372 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:K68"/>
+  <x:dimension ref="A1:L68"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.850625" style="0" customWidth="1"/>
-    <x:col min="3" max="11" width="8.210625" style="0" customWidth="1"/>
+    <x:col min="3" max="12" width="8.210625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:11">
+    <x:row r="1" spans="1:12">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:11">
+    <x:row r="3" spans="1:12">
       <x:c r="C3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="I3" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="J3" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="K3" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
-    </x:row>
-    <x:row r="4" spans="1:11">
+      <x:c r="L3" s="2" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:12">
       <x:c r="A4" s="2" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C4" s="3" t="n">
         <x:v>142489</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
         <x:v>166346</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
         <x:v>144152</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
         <x:v>137284</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
         <x:v>124416</x:v>
       </x:c>
       <x:c r="H4" s="3" t="n">
         <x:v>142815</x:v>
       </x:c>
       <x:c r="I4" s="3" t="n">
         <x:v>122605</x:v>
       </x:c>
       <x:c r="J4" s="3" t="n">
         <x:v>101834</x:v>
       </x:c>
       <x:c r="K4" s="3" t="n">
         <x:v>108978</x:v>
       </x:c>
-    </x:row>
-    <x:row r="5" spans="1:11">
+      <x:c r="L4" s="3" t="n">
+        <x:v>128404</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:12">
       <x:c r="B5" s="2" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C5" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D5" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E5" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F5" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G5" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H5" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J5" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K5" s="3" t="n">
         <x:v>7910</x:v>
       </x:c>
-    </x:row>
-    <x:row r="6" spans="1:11">
+      <x:c r="L5" s="3" t="n">
+        <x:v>18872</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:12">
       <x:c r="B6" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="C6" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D6" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E6" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F6" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G6" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I6" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J6" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K6" s="4" t="s">
-        <x:v>13</x:v>
-[...2 lines deleted...]
-    <x:row r="7" spans="1:11">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="L6" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:12">
       <x:c r="B7" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C7" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D7" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E7" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F7" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J7" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K7" s="4" t="s">
-        <x:v>13</x:v>
-[...2 lines deleted...]
-    <x:row r="8" spans="1:11">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="L7" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:12">
       <x:c r="B8" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D8" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E8" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I8" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J8" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K8" s="4" t="s">
-        <x:v>13</x:v>
-[...2 lines deleted...]
-    <x:row r="9" spans="1:11">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="L8" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:12">
       <x:c r="B9" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C9" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J9" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K9" s="4" t="s">
-        <x:v>13</x:v>
-[...2 lines deleted...]
-    <x:row r="10" spans="1:11">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="L9" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:12">
       <x:c r="B10" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I10" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J10" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K10" s="4" t="s">
-        <x:v>13</x:v>
-[...2 lines deleted...]
-    <x:row r="11" spans="1:11">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="L10" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:12">
       <x:c r="B11" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>5969</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>2041</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
         <x:v>2532</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
         <x:v>3946</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
         <x:v>2914</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
         <x:v>6487</x:v>
       </x:c>
       <x:c r="I11" s="3" t="n">
         <x:v>544</x:v>
       </x:c>
       <x:c r="J11" s="3" t="n">
         <x:v>3006</x:v>
       </x:c>
       <x:c r="K11" s="3" t="n">
         <x:v>3458</x:v>
       </x:c>
-    </x:row>
-    <x:row r="12" spans="1:11">
+      <x:c r="L11" s="3" t="n">
+        <x:v>558</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:12">
       <x:c r="B12" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C12" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D12" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E12" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I12" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J12" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K12" s="4" t="s">
-        <x:v>13</x:v>
-[...2 lines deleted...]
-    <x:row r="13" spans="1:11">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="L12" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:12">
       <x:c r="B13" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>18614</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
         <x:v>31671</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>35656</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
         <x:v>31538</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
         <x:v>27951</x:v>
       </x:c>
       <x:c r="H13" s="3" t="n">
         <x:v>23725</x:v>
       </x:c>
       <x:c r="I13" s="3" t="n">
         <x:v>21273</x:v>
       </x:c>
       <x:c r="J13" s="3" t="n">
         <x:v>16969</x:v>
       </x:c>
       <x:c r="K13" s="3" t="n">
         <x:v>18411</x:v>
       </x:c>
-    </x:row>
-    <x:row r="14" spans="1:11">
+      <x:c r="L13" s="3" t="n">
+        <x:v>17732</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:12">
       <x:c r="B14" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C14" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E14" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I14" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J14" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K14" s="4" t="s">
-        <x:v>13</x:v>
-[...2 lines deleted...]
-    <x:row r="15" spans="1:11">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="L14" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:12">
       <x:c r="B15" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>2623</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
         <x:v>3122</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
         <x:v>1833</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J15" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K15" s="4" t="s">
-        <x:v>13</x:v>
-[...2 lines deleted...]
-    <x:row r="16" spans="1:11">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="L15" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:12">
       <x:c r="B16" s="2" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C16" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="3" t="n">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I16" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J16" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K16" s="4" t="s">
-        <x:v>13</x:v>
-[...2 lines deleted...]
-    <x:row r="17" spans="1:11">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="L16" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:12">
       <x:c r="B17" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>29171</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
         <x:v>33723</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
         <x:v>19488</x:v>
       </x:c>
       <x:c r="F17" s="3" t="n">
         <x:v>12287</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
         <x:v>7738</x:v>
       </x:c>
       <x:c r="H17" s="3" t="n">
         <x:v>5233</x:v>
       </x:c>
       <x:c r="I17" s="3" t="n">
         <x:v>6302</x:v>
       </x:c>
       <x:c r="J17" s="3" t="n">
         <x:v>5070</x:v>
       </x:c>
       <x:c r="K17" s="3" t="n">
         <x:v>3181</x:v>
       </x:c>
-    </x:row>
-    <x:row r="18" spans="1:11">
+      <x:c r="L17" s="3" t="n">
+        <x:v>4222</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:12">
       <x:c r="B18" s="2" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C18" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D18" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E18" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I18" s="3" t="n">
         <x:v>524</x:v>
       </x:c>
       <x:c r="J18" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K18" s="4" t="s">
-        <x:v>13</x:v>
-[...2 lines deleted...]
-    <x:row r="19" spans="1:11">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="L18" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:12">
       <x:c r="B19" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>86112</x:v>
       </x:c>
       <x:c r="D19" s="3" t="n">
         <x:v>95779</x:v>
       </x:c>
       <x:c r="E19" s="3" t="n">
         <x:v>84603</x:v>
       </x:c>
       <x:c r="F19" s="3" t="n">
         <x:v>87499</x:v>
       </x:c>
       <x:c r="G19" s="3" t="n">
         <x:v>85781</x:v>
       </x:c>
       <x:c r="H19" s="3" t="n">
         <x:v>106640</x:v>
       </x:c>
       <x:c r="I19" s="3" t="n">
         <x:v>93957</x:v>
       </x:c>
       <x:c r="J19" s="3" t="n">
         <x:v>76789</x:v>
       </x:c>
       <x:c r="K19" s="3" t="n">
         <x:v>76018</x:v>
       </x:c>
-    </x:row>
-    <x:row r="20" spans="1:11">
+      <x:c r="L19" s="3" t="n">
+        <x:v>87020</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:12">
       <x:c r="B20" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E20" s="3" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G20" s="3" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H20" s="3" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I20" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="J20" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K20" s="4" t="s">
-        <x:v>13</x:v>
-[...2 lines deleted...]
-    <x:row r="21" spans="1:11">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="L20" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:12">
       <x:c r="A21" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>73009</x:v>
       </x:c>
       <x:c r="D21" s="3" t="n">
         <x:v>72576</x:v>
       </x:c>
       <x:c r="E21" s="3" t="n">
         <x:v>81959</x:v>
       </x:c>
       <x:c r="F21" s="3" t="n">
         <x:v>223482</x:v>
       </x:c>
       <x:c r="G21" s="3" t="n">
         <x:v>187718</x:v>
       </x:c>
       <x:c r="H21" s="3" t="n">
         <x:v>166842</x:v>
       </x:c>
       <x:c r="I21" s="3" t="n">
         <x:v>131228</x:v>
       </x:c>
       <x:c r="J21" s="3" t="n">
         <x:v>114764</x:v>
       </x:c>
       <x:c r="K21" s="3" t="n">
         <x:v>106626</x:v>
       </x:c>
-    </x:row>
-    <x:row r="22" spans="1:11">
+      <x:c r="L21" s="3" t="n">
+        <x:v>108312</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:12">
       <x:c r="B22" s="2" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
         <x:v>4625</x:v>
       </x:c>
       <x:c r="D22" s="3" t="n">
         <x:v>6619</x:v>
       </x:c>
       <x:c r="E22" s="3" t="n">
         <x:v>12878</x:v>
       </x:c>
       <x:c r="F22" s="3" t="n">
         <x:v>157175</x:v>
       </x:c>
       <x:c r="G22" s="3" t="n">
         <x:v>120858</x:v>
       </x:c>
       <x:c r="H22" s="3" t="n">
         <x:v>97951</x:v>
       </x:c>
       <x:c r="I22" s="3" t="n">
         <x:v>67885</x:v>
       </x:c>
       <x:c r="J22" s="3" t="n">
         <x:v>69328</x:v>
       </x:c>
       <x:c r="K22" s="3" t="n">
         <x:v>63996</x:v>
       </x:c>
-    </x:row>
-    <x:row r="23" spans="1:11">
+      <x:c r="L22" s="3" t="n">
+        <x:v>59839</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:12">
       <x:c r="B23" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E23" s="3" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F23" s="3" t="n">
         <x:v>880</x:v>
       </x:c>
       <x:c r="G23" s="3" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J23" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K23" s="4" t="s">
-        <x:v>13</x:v>
-[...2 lines deleted...]
-    <x:row r="24" spans="1:11">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="L23" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:12">
       <x:c r="B24" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D24" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I24" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="J24" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K24" s="4" t="s">
-        <x:v>13</x:v>
-[...2 lines deleted...]
-    <x:row r="25" spans="1:11">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="L24" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:12">
       <x:c r="B25" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D25" s="3" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="E25" s="3" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="F25" s="3" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G25" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J25" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="K25" s="4" t="s">
-        <x:v>13</x:v>
-[...2 lines deleted...]
-    <x:row r="26" spans="1:11">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="L25" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:12">
       <x:c r="B26" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E26" s="3" t="n">
         <x:v>880</x:v>
       </x:c>
       <x:c r="F26" s="3" t="n">
         <x:v>3170</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I26" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J26" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K26" s="4" t="s">
-        <x:v>13</x:v>
-[...2 lines deleted...]
-    <x:row r="27" spans="1:11">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="L26" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:12">
       <x:c r="B27" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="C27" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E27" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J27" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K27" s="4" t="s">
-        <x:v>13</x:v>
-[...2 lines deleted...]
-    <x:row r="28" spans="1:11">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="L27" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:12">
       <x:c r="B28" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
         <x:v>1587</x:v>
       </x:c>
       <x:c r="D28" s="3" t="n">
         <x:v>358</x:v>
       </x:c>
       <x:c r="E28" s="3" t="n">
         <x:v>197</x:v>
       </x:c>
       <x:c r="F28" s="3" t="n">
         <x:v>234</x:v>
       </x:c>
       <x:c r="G28" s="3" t="n">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H28" s="3" t="n">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I28" s="3" t="n">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J28" s="3" t="n">
         <x:v>1146</x:v>
       </x:c>
       <x:c r="K28" s="3" t="n">
         <x:v>879</x:v>
       </x:c>
-    </x:row>
-    <x:row r="29" spans="1:11">
+      <x:c r="L28" s="3" t="n">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:12">
       <x:c r="B29" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C29" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E29" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J29" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K29" s="4" t="s">
-        <x:v>13</x:v>
-[...2 lines deleted...]
-    <x:row r="30" spans="1:11">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="L29" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:12">
       <x:c r="B30" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C30" s="3" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D30" s="3" t="n">
         <x:v>152</x:v>
       </x:c>
       <x:c r="E30" s="3" t="n">
         <x:v>151</x:v>
       </x:c>
       <x:c r="F30" s="3" t="n">
         <x:v>177</x:v>
       </x:c>
       <x:c r="G30" s="3" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H30" s="3" t="n">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I30" s="3" t="n">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J30" s="3" t="n">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K30" s="3" t="n">
         <x:v>196</x:v>
       </x:c>
-    </x:row>
-    <x:row r="31" spans="1:11">
+      <x:c r="L30" s="3" t="n">
+        <x:v>112</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:12">
       <x:c r="B31" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J31" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K31" s="4" t="s">
-        <x:v>13</x:v>
-[...2 lines deleted...]
-    <x:row r="32" spans="1:11">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="L31" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:12">
       <x:c r="B32" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I32" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J32" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K32" s="4" t="s">
-        <x:v>13</x:v>
-[...2 lines deleted...]
-    <x:row r="33" spans="1:11">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="L32" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:12">
       <x:c r="B33" s="2" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J33" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K33" s="4" t="s">
-        <x:v>13</x:v>
-[...2 lines deleted...]
-    <x:row r="34" spans="1:11">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="L33" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:12">
       <x:c r="B34" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="C34" s="3" t="n">
         <x:v>20667</x:v>
       </x:c>
       <x:c r="D34" s="3" t="n">
         <x:v>10200</x:v>
       </x:c>
       <x:c r="E34" s="3" t="n">
         <x:v>2120</x:v>
       </x:c>
       <x:c r="F34" s="3" t="n">
         <x:v>4745</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I34" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J34" s="3" t="n">
         <x:v>759</x:v>
       </x:c>
       <x:c r="K34" s="3" t="n">
         <x:v>736</x:v>
       </x:c>
-    </x:row>
-    <x:row r="35" spans="1:11">
+      <x:c r="L34" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:12">
       <x:c r="B35" s="2" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>6626</x:v>
       </x:c>
       <x:c r="D35" s="3" t="n">
         <x:v>7162</x:v>
       </x:c>
       <x:c r="E35" s="3" t="n">
         <x:v>1980</x:v>
       </x:c>
       <x:c r="F35" s="3" t="n">
         <x:v>4390</x:v>
       </x:c>
       <x:c r="G35" s="3" t="n">
         <x:v>8048</x:v>
       </x:c>
       <x:c r="H35" s="3" t="n">
         <x:v>5462</x:v>
       </x:c>
       <x:c r="I35" s="3" t="n">
         <x:v>2223</x:v>
       </x:c>
       <x:c r="J35" s="3" t="n">
         <x:v>3063</x:v>
       </x:c>
       <x:c r="K35" s="3" t="n">
         <x:v>1678</x:v>
       </x:c>
-    </x:row>
-    <x:row r="36" spans="1:11">
+      <x:c r="L35" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:12">
       <x:c r="B36" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C36" s="3" t="n">
         <x:v>38936</x:v>
       </x:c>
       <x:c r="D36" s="3" t="n">
         <x:v>48037</x:v>
       </x:c>
       <x:c r="E36" s="3" t="n">
         <x:v>62197</x:v>
       </x:c>
       <x:c r="F36" s="3" t="n">
         <x:v>52576</x:v>
       </x:c>
       <x:c r="G36" s="3" t="n">
         <x:v>58249</x:v>
       </x:c>
       <x:c r="H36" s="3" t="n">
         <x:v>62728</x:v>
       </x:c>
       <x:c r="I36" s="3" t="n">
         <x:v>58533</x:v>
       </x:c>
       <x:c r="J36" s="3" t="n">
         <x:v>40385</x:v>
       </x:c>
       <x:c r="K36" s="3" t="n">
         <x:v>39103</x:v>
       </x:c>
-    </x:row>
-    <x:row r="37" spans="1:11">
+      <x:c r="L36" s="3" t="n">
+        <x:v>48241</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:12">
       <x:c r="B37" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>494</x:v>
       </x:c>
       <x:c r="D37" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E37" s="3" t="n">
         <x:v>1496</x:v>
       </x:c>
       <x:c r="F37" s="3" t="n">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G37" s="3" t="n">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H37" s="3" t="n">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I37" s="3" t="n">
         <x:v>2202</x:v>
       </x:c>
       <x:c r="J37" s="3" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K37" s="3" t="n">
         <x:v>38</x:v>
       </x:c>
-    </x:row>
-    <x:row r="39" spans="1:11">
+      <x:c r="L37" s="3" t="n">
+        <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:12">
       <x:c r="A39" s="5" t="s">
-        <x:v>30</x:v>
-[...2 lines deleted...]
-    <x:row r="41" spans="1:11">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:12">
       <x:c r="A41" s="0" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-    <x:row r="42" spans="1:11">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:12">
       <x:c r="A42" s="0" t="s">
-        <x:v>32</x:v>
-[...2 lines deleted...]
-    <x:row r="44" spans="1:11">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:12">
       <x:c r="A44" s="0" t="s">
-        <x:v>33</x:v>
-[...2 lines deleted...]
-    <x:row r="45" spans="1:11">
+        <x:v>34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:12">
       <x:c r="A45" s="0" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-    <x:row r="47" spans="1:11">
+        <x:v>35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:12">
       <x:c r="A47" s="0" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-    <x:row r="48" spans="1:11">
+        <x:v>36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:12">
       <x:c r="A48" s="0" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-    <x:row r="49" spans="1:11">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:12">
       <x:c r="A49" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-    <x:row r="50" spans="1:11">
+        <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:12">
       <x:c r="A50" s="0" t="s">
-        <x:v>38</x:v>
-[...2 lines deleted...]
-    <x:row r="51" spans="1:11">
+        <x:v>39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:12">
       <x:c r="A51" s="0" t="s">
-        <x:v>39</x:v>
-[...2 lines deleted...]
-    <x:row r="52" spans="1:11">
+        <x:v>40</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:12">
       <x:c r="A52" s="0" t="s">
-        <x:v>40</x:v>
-[...2 lines deleted...]
-    <x:row r="54" spans="1:11">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:12">
       <x:c r="A54" s="0" t="s">
-        <x:v>41</x:v>
-[...2 lines deleted...]
-    <x:row r="56" spans="1:11">
+        <x:v>42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:12">
       <x:c r="A56" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-    <x:row r="57" spans="1:11">
+        <x:v>43</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:12">
       <x:c r="A57" s="0" t="s">
-        <x:v>43</x:v>
-[...2 lines deleted...]
-    <x:row r="67" spans="1:11">
+        <x:v>44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:12">
       <x:c r="A67" s="0" t="s">
-        <x:v>44</x:v>
-[...2 lines deleted...]
-    <x:row r="68" spans="1:11">
+        <x:v>45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:12">
       <x:c r="A68" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>SJ021</vt:lpstr>
       <vt:lpstr>SJ021!Print_Area</vt:lpstr>
       <vt:lpstr>SJ021!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>