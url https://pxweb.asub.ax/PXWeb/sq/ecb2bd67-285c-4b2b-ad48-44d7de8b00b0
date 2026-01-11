--- v0 (2025-12-22)
+++ v1 (2026-01-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d4170cfd4b94561" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3944a02be9f042b2b3e5dd66ce76935a.psmdcp" Id="Rf1eb4c215f504379" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R660d60fe1ef9409f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2acddee9b0f745b29b16b9a190656523.psmdcp" Id="Rcc84bfa9d26e4552" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="RV003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <x:si>
     <x:t>Persons suspected of solved offences by Sex, Offence and Year</x:t>
   </x:si>
   <x:si>
     <x:t>2010</x:t>
   </x:si>
   <x:si>