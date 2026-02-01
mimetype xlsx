--- v1 (2026-01-11)
+++ v2 (2026-02-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R660d60fe1ef9409f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2acddee9b0f745b29b16b9a190656523.psmdcp" Id="Rcc84bfa9d26e4552" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcaabf12ffc2438e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/50bee2e56bac4f95940651c40e74d930.psmdcp" Id="R57b3a6db21f744ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="RV003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <x:si>
     <x:t>Persons suspected of solved offences by Sex, Offence and Year</x:t>
   </x:si>
   <x:si>
     <x:t>2010</x:t>
   </x:si>
   <x:si>