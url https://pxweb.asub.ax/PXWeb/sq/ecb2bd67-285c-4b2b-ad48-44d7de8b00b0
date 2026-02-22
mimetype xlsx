--- v2 (2026-02-01)
+++ v3 (2026-02-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcaabf12ffc2438e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/50bee2e56bac4f95940651c40e74d930.psmdcp" Id="R57b3a6db21f744ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff4f3c5498464e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d21619f066fb4d9eb31b4add8188dd09.psmdcp" Id="R17668ed6d6724066" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="RV003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <x:si>
     <x:t>Persons suspected of solved offences by Sex, Offence and Year</x:t>
   </x:si>
   <x:si>
     <x:t>2010</x:t>
   </x:si>
   <x:si>