--- v3 (2026-02-22)
+++ v4 (2026-03-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff4f3c5498464e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d21619f066fb4d9eb31b4add8188dd09.psmdcp" Id="R17668ed6d6724066" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05de0483acf74f17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5c37ca25a29f47d0a574e634dcf66f93.psmdcp" Id="R451f9510d7ff45fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="RV003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <x:si>
     <x:t>Persons suspected of solved offences by Sex, Offence and Year</x:t>
   </x:si>
   <x:si>
     <x:t>2010</x:t>
   </x:si>
   <x:si>