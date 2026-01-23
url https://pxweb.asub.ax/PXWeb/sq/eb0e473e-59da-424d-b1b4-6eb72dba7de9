--- v0 (2025-12-15)
+++ v1 (2026-01-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R859a0d6131704b3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/30dbbc15ea7848b590ca836d9e21195e.psmdcp" Id="Raf7b92ed52094c64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcb36adbee2242f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6752cbe5e7544e3098ff4e21bebf75e4.psmdcp" Id="Rb4a78711a0b04c58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT023" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
   <x:si>
     <x:t>Students in schools outside Åland, Total, Total by level of education, country of school and year</x:t>
   </x:si>
   <x:si>
     <x:t>2004</x:t>
   </x:si>
   <x:si>