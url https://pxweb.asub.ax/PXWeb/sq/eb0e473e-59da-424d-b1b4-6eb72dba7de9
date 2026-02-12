--- v1 (2026-01-23)
+++ v2 (2026-02-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcb36adbee2242f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6752cbe5e7544e3098ff4e21bebf75e4.psmdcp" Id="Rb4a78711a0b04c58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e28b9c72a484b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13684b29b77741da8501ef3eafb288a0.psmdcp" Id="Rd646700b9af34bce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT023" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
   <x:si>
     <x:t>Students in schools outside Åland, Total, Total by level of education, country of school and year</x:t>
   </x:si>
   <x:si>
     <x:t>2004</x:t>
   </x:si>
   <x:si>