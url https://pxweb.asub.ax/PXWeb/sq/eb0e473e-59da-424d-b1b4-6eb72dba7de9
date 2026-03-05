--- v2 (2026-02-12)
+++ v3 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e28b9c72a484b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13684b29b77741da8501ef3eafb288a0.psmdcp" Id="Rd646700b9af34bce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf03d9788af94e0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e88f3d696e87474498571553f1c5de27.psmdcp" Id="Rad77e1871fbf4b33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT023" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
   <x:si>
     <x:t>Students in schools outside Åland, Total, Total by level of education, country of school and year</x:t>
   </x:si>
   <x:si>
     <x:t>2004</x:t>
   </x:si>
   <x:si>