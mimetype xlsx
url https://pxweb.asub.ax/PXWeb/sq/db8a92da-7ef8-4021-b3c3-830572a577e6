--- v0 (2025-12-25)
+++ v1 (2026-01-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ab452f455894a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6d642171c89c4f758a8a0a5a1f4c96d0.psmdcp" Id="Rc920f076a7514063" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e2d77a02d08405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e6b41040d53c4dc6b0f1fc06dd58d9a1.psmdcp" Id="Rf339dc23f22c45c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT002" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="71">
   <x:si>
     <x:t>Antal elever i grundskolan efter År och Stadium</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>