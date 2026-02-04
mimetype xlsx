--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e2d77a02d08405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e6b41040d53c4dc6b0f1fc06dd58d9a1.psmdcp" Id="Rf339dc23f22c45c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf802ec4a21304ac1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6267ead927424871b574dfbb808cb3b0.psmdcp" Id="R1a70a8d1827445b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT002" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="71">
   <x:si>
     <x:t>Antal elever i grundskolan efter År och Stadium</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>