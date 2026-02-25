--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf802ec4a21304ac1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6267ead927424871b574dfbb808cb3b0.psmdcp" Id="R1a70a8d1827445b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf8f25d640b14ffd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4339deca7b644c01aaa4b479c4efcea8.psmdcp" Id="R21ea19fde6954203" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT002" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="71">
   <x:si>
     <x:t>Antal elever i grundskolan efter År och Stadium</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>