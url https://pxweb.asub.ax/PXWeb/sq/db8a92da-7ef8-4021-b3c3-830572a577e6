--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf8f25d640b14ffd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4339deca7b644c01aaa4b479c4efcea8.psmdcp" Id="R21ea19fde6954203" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R281ee9028eb746eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/207f7d147ee24660b6305c456cdb1075.psmdcp" Id="R818a75d60c3140d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT002" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="71">
   <x:si>
     <x:t>Antal elever i grundskolan efter År och Stadium</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>