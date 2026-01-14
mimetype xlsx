--- v0 (2025-12-21)
+++ v1 (2026-01-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R176b9d8b66b04803" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ab892e4bbb3e48039aefc444ca5b0198.psmdcp" Id="Rb643f6682d1e4926" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90a939a1e9de48d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/61ebc7baaf6446ceb18357f846fd04b3.psmdcp" Id="R79a9b5307dce4fef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT056" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Studerande vid Ålands folkhögskola efter År och Hemort</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>