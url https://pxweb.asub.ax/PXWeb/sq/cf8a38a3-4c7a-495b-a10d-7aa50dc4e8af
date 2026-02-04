--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90a939a1e9de48d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/61ebc7baaf6446ceb18357f846fd04b3.psmdcp" Id="R79a9b5307dce4fef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b42d7a722c44c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/56f2f5b3c0454cfd96e7a5b500ad15a7.psmdcp" Id="R2cbfbc40a7e84712" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT056" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Studerande vid Ålands folkhögskola efter År och Hemort</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>