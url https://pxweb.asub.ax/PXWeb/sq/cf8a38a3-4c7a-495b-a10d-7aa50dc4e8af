--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b42d7a722c44c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/56f2f5b3c0454cfd96e7a5b500ad15a7.psmdcp" Id="R2cbfbc40a7e84712" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R604f7118b079400c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a481c0aa8f63438c95d9884f066aff87.psmdcp" Id="R90f98535bc50454d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT056" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Studerande vid Ålands folkhögskola efter År och Hemort</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>