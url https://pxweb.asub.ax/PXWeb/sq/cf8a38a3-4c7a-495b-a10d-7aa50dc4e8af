--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R604f7118b079400c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a481c0aa8f63438c95d9884f066aff87.psmdcp" Id="R90f98535bc50454d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40e2ff976e324b44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e191a6a4c9b34b258430dd70c2a18b10.psmdcp" Id="R4e2db5f296ef4520" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT056" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Studerande vid Ålands folkhögskola efter År och Hemort</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>