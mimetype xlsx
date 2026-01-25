--- v0 (2025-12-17)
+++ v1 (2026-01-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bd3232f30014a95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/094a88c476534b52afef1da224955c82.psmdcp" Id="Rb1a8bfe4a0ed4bf8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R523a2df43b9047c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1842b5709e0e47da9818035b0e2e8b0c.psmdcp" Id="R6d32f60f3b934840" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT041" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="61">
   <x:si>
     <x:t>Study places, applications and admissions at upper secondary level in by Year, Program and Information</x:t>
   </x:si>
   <x:si>
     <x:t>Study places</x:t>
   </x:si>
   <x:si>