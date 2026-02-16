--- v1 (2026-01-25)
+++ v2 (2026-02-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R523a2df43b9047c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1842b5709e0e47da9818035b0e2e8b0c.psmdcp" Id="R6d32f60f3b934840" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b9237edaa554fe0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c16f98d91a541188ec96b931b8d7da1.psmdcp" Id="Rd9cfe9ab54864e1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT041" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="61">
   <x:si>
     <x:t>Study places, applications and admissions at upper secondary level in by Year, Program and Information</x:t>
   </x:si>
   <x:si>
     <x:t>Study places</x:t>
   </x:si>
   <x:si>