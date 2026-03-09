--- v2 (2026-02-16)
+++ v3 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b9237edaa554fe0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c16f98d91a541188ec96b931b8d7da1.psmdcp" Id="Rd9cfe9ab54864e1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfbfdb5ca9fc41d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e1ab349475f84a75bc93c4da5f932e2e.psmdcp" Id="R2991933e5ebe48a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT041" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="61">
   <x:si>
     <x:t>Study places, applications and admissions at upper secondary level in by Year, Program and Information</x:t>
   </x:si>
   <x:si>
     <x:t>Study places</x:t>
   </x:si>
   <x:si>