--- v3 (2026-03-09)
+++ v4 (2026-03-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfbfdb5ca9fc41d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e1ab349475f84a75bc93c4da5f932e2e.psmdcp" Id="R2991933e5ebe48a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46b70c374461451d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dcae2be9f4bd468da474cd454f90c5c0.psmdcp" Id="Rc91eb8d6136c425a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT041" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="61">
   <x:si>
     <x:t>Study places, applications and admissions at upper secondary level in by Year, Program and Information</x:t>
   </x:si>
   <x:si>
     <x:t>Study places</x:t>
   </x:si>
   <x:si>