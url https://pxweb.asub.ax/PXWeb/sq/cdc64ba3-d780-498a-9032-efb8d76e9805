--- v0 (2025-12-28)
+++ v1 (2026-01-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ec87b6cf6ff42cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e437c8acf1bb4307ada4833bf5f5f5bb.psmdcp" Id="R4a2bcf7772d3470b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf58865b4c75b41b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/06d3d77d237d4d388c85e26dffcb76e1.psmdcp" Id="Rdcd23a16faaf4c26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT008" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <x:si>
     <x:t>Number of pupils in comprehensive schools by Municipality of residence, Year and Type of school</x:t>
   </x:si>
   <x:si>
     <x:t>2025</x:t>
   </x:si>
   <x:si>