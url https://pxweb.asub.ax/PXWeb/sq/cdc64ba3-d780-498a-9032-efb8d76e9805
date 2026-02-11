--- v1 (2026-01-19)
+++ v2 (2026-02-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf58865b4c75b41b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/06d3d77d237d4d388c85e26dffcb76e1.psmdcp" Id="Rdcd23a16faaf4c26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf917d15fff19484c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a52829ed708c4cd6b046f080c6ca7602.psmdcp" Id="R3d164da3524646a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT008" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <x:si>
     <x:t>Number of pupils in comprehensive schools by Municipality of residence, Year and Type of school</x:t>
   </x:si>
   <x:si>
     <x:t>2025</x:t>
   </x:si>
   <x:si>