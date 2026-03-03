--- v2 (2026-02-11)
+++ v3 (2026-03-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf917d15fff19484c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a52829ed708c4cd6b046f080c6ca7602.psmdcp" Id="R3d164da3524646a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd800f851d1b54242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/afa140ec22b04ef1a7e9da9169d9b8d0.psmdcp" Id="Rcfdbf776549b493b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT008" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <x:si>
     <x:t>Number of pupils in comprehensive schools by Municipality of residence, Year and Type of school</x:t>
   </x:si>
   <x:si>
     <x:t>2025</x:t>
   </x:si>
   <x:si>