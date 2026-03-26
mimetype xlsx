--- v3 (2026-03-03)
+++ v4 (2026-03-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd800f851d1b54242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/afa140ec22b04ef1a7e9da9169d9b8d0.psmdcp" Id="Rcfdbf776549b493b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd06ee23db80341ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e5f9ded938f94d50a76452df9d0b8811.psmdcp" Id="R5df40bfec7ea48d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT008" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <x:si>
     <x:t>Number of pupils in comprehensive schools by Municipality of residence, Year and Type of school</x:t>
   </x:si>
   <x:si>
     <x:t>2025</x:t>
   </x:si>
   <x:si>