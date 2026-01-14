--- v0 (2025-12-25)
+++ v1 (2026-01-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10a5be9ed3f44614" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9ed7619a660f485787d3708fecb2e30a.psmdcp" Id="R4841431a8ca64625" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a4b9e207c344861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7dfe2736a0b64d7fac4b22c85260c07e.psmdcp" Id="R6df8ff637ba24347" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT023" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="27">
   <x:si>
     <x:t>Studerande utanför Åland, Totalt efter år, utbildningsnivå, kön och åldersgrupp</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>