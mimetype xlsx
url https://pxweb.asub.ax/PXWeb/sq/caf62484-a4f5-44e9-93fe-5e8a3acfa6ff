--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a4b9e207c344861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7dfe2736a0b64d7fac4b22c85260c07e.psmdcp" Id="R6df8ff637ba24347" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3112c747f684354" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/21ac21c5e1dd47d7b51216faeba6eb28.psmdcp" Id="R6527a515525d47ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT023" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="27">
   <x:si>
     <x:t>Studerande utanför Åland, Totalt efter år, utbildningsnivå, kön och åldersgrupp</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>