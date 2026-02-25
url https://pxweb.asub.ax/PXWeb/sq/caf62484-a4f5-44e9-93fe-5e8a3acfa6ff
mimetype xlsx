--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3112c747f684354" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/21ac21c5e1dd47d7b51216faeba6eb28.psmdcp" Id="R6527a515525d47ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e44f9161d964be2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8c9d6aef16b448d087e85f2d62076487.psmdcp" Id="R374402617e9b4829" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT023" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="27">
   <x:si>
     <x:t>Studerande utanför Åland, Totalt efter år, utbildningsnivå, kön och åldersgrupp</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>