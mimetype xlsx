--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,102 +1,102 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e44f9161d964be2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8c9d6aef16b448d087e85f2d62076487.psmdcp" Id="R374402617e9b4829" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6683153da37f4133" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ff0f7bf30dc640a399d9266e28f5403f.psmdcp" Id="Re450360cdcb04371" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT023" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="27">
   <x:si>
     <x:t>Studerande utanför Åland, Totalt efter år, utbildningsnivå, kön och åldersgrupp</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>
     <x:t>Kvinnor</x:t>
   </x:si>
   <x:si>
     <x:t>Män</x:t>
   </x:si>
   <x:si>
     <x:t>-19</x:t>
   </x:si>
   <x:si>
     <x:t>20-24</x:t>
   </x:si>
   <x:si>
     <x:t>25-29</x:t>
   </x:si>
   <x:si>
     <x:t>30+</x:t>
   </x:si>
   <x:si>
-    <x:t>2024</x:t>
+    <x:t>2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gymnasienivå</x:t>
   </x:si>
   <x:si>
     <x:t>Högskola inkl. yrkeshögskola</x:t>
   </x:si>
   <x:si>
     <x:t>Folkhögskola och övrigt</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;A HREF=https://www.asub.ax/sv/beskrivning-statistiken-studerande-utanfor-aland TARGET=_blank&gt;Beskrivning av statistiken&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20250213 09:00</x:t>
+    <x:t>20260223 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Ålands statistik- och utredningsbyrå (ÅSUB)</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Ålands statistik- och utredningsbyrå (ÅSUB) </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">PB 1187 AX-22111 Mariehamn </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">018-25490 </x:t>
   </x:si>
   <x:si>
     <x:t>asub@asub.ax</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
@@ -577,243 +577,243 @@
       </x:c>
       <x:c r="M4" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="O4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="P4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="Q4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:17">
       <x:c r="A5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B5" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>1359</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>142</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>723</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>246</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>248</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>831</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J5" s="3" t="n">
-        <x:v>410</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="K5" s="3" t="n">
-        <x:v>156</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="L5" s="3" t="n">
-        <x:v>182</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="M5" s="3" t="n">
-        <x:v>528</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>59</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="O5" s="3" t="n">
-        <x:v>313</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="P5" s="3" t="n">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q5" s="3" t="n">
-        <x:v>66</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:17">
       <x:c r="B6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>87</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>32</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>13</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
-        <x:v>137</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I6" s="3" t="n">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J6" s="3" t="n">
-        <x:v>22</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K6" s="3" t="n">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="L6" s="3" t="n">
-        <x:v>55</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M6" s="3" t="n">
-        <x:v>63</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N6" s="3" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="O6" s="3" t="n">
-        <x:v>10</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="P6" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="Q6" s="3" t="n">
-        <x:v>13</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:17">
       <x:c r="B7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>1099</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>49</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>664</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>223</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>163</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
-        <x:v>661</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="I7" s="3" t="n">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J7" s="3" t="n">
-        <x:v>374</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="K7" s="3" t="n">
-        <x:v>139</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L7" s="3" t="n">
-        <x:v>121</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="M7" s="3" t="n">
-        <x:v>438</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="O7" s="3" t="n">
-        <x:v>290</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="P7" s="3" t="n">
-        <x:v>84</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q7" s="3" t="n">
-        <x:v>42</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:17">
       <x:c r="B8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>60</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>27</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>10</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
-        <x:v>33</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I8" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="J8" s="3" t="n">
-        <x:v>14</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="K8" s="3" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="L8" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="M8" s="3" t="n">
-        <x:v>27</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N8" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="O8" s="3" t="n">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="P8" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="Q8" s="3" t="n">
-        <x:v>11</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:17">
       <x:c r="A10" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:17">
       <x:c r="A12" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:17">
       <x:c r="A13" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:17">
       <x:c r="A15" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:17">
       <x:c r="A16" s="0" t="s">
         <x:v>16</x:v>