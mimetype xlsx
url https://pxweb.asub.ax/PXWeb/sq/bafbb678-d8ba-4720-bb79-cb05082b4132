--- v0 (2025-12-17)
+++ v1 (2026-01-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a90dc5c33f34785" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6d0401fe267042f599a50f279761c8d7.psmdcp" Id="R5faf2bbb29f2407c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab643a84ae0b48b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/17c8fd170b7a4b4e8314200077b50d94.psmdcp" Id="R4bbfad6680084b05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT056" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Students at Ålands folkhögskola by Sex, Year and Country of residence</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>