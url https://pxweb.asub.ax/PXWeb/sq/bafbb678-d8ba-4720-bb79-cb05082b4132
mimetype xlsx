--- v1 (2026-01-25)
+++ v2 (2026-01-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab643a84ae0b48b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/17c8fd170b7a4b4e8314200077b50d94.psmdcp" Id="R4bbfad6680084b05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86c9a4b208f544a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/32d7f0e55044456ba9934141626ef004.psmdcp" Id="R746fcb07de004bec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT056" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Students at Ålands folkhögskola by Sex, Year and Country of residence</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>