--- v2 (2026-01-25)
+++ v3 (2026-02-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86c9a4b208f544a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/32d7f0e55044456ba9934141626ef004.psmdcp" Id="R746fcb07de004bec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a9ef4d5999849d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a382b8c00cfb48faac278ac39c3d9824.psmdcp" Id="Rdcc885bd588f4556" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT056" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Students at Ålands folkhögskola by Sex, Year and Country of residence</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>