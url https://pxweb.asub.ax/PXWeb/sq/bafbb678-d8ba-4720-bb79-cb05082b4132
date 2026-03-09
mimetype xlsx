--- v3 (2026-02-16)
+++ v4 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a9ef4d5999849d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a382b8c00cfb48faac278ac39c3d9824.psmdcp" Id="Rdcc885bd588f4556" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf599379f37f48a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/700264bf04c74bfabb65c5009d5a6fdc.psmdcp" Id="Red4ec6d9194f46f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT056" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Students at Ålands folkhögskola by Sex, Year and Country of residence</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>