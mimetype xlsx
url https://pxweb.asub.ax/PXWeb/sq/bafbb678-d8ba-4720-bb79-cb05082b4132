--- v4 (2026-03-09)
+++ v5 (2026-03-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf599379f37f48a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/700264bf04c74bfabb65c5009d5a6fdc.psmdcp" Id="Red4ec6d9194f46f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R815ba39ec2074a40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9cab9244651c44d09ed9ea429a1f5bd5.psmdcp" Id="Rfaa3c294eb1a444d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT056" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Students at Ålands folkhögskola by Sex, Year and Country of residence</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>