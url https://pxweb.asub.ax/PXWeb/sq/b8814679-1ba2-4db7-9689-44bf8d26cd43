--- v0 (2025-12-15)
+++ v1 (2026-01-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1ceda83d6ea4e0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9c1c287051384657bc94c5a509750e9c.psmdcp" Id="R630050e8d9b8473b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52da22305e04494b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/68d6edcaac8e40d2a25d352bb40f5695.psmdcp" Id="R3c6c052b0eff41b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT014" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Antal årsverken inom barnomsorgen, Hela Åland efter År, Typ av uppgift och Kön</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>