--- v1 (2026-01-06)
+++ v2 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52da22305e04494b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/68d6edcaac8e40d2a25d352bb40f5695.psmdcp" Id="R3c6c052b0eff41b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9efb77d058db4948" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/19954a5964aa460d97cfd8a8599ebe07.psmdcp" Id="R5911d603ee6a400e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT014" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Antal årsverken inom barnomsorgen, Hela Åland efter År, Typ av uppgift och Kön</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>