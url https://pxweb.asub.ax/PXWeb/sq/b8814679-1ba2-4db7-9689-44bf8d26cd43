--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9efb77d058db4948" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/19954a5964aa460d97cfd8a8599ebe07.psmdcp" Id="R5911d603ee6a400e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raefc98b1fe7549ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/638d789960264b58b508ab4acfd0adc9.psmdcp" Id="Ra4311eb1a6274e26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT014" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Antal årsverken inom barnomsorgen, Hela Åland efter År, Typ av uppgift och Kön</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>