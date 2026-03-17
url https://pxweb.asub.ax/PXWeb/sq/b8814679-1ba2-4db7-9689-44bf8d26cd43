--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raefc98b1fe7549ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/638d789960264b58b508ab4acfd0adc9.psmdcp" Id="Ra4311eb1a6274e26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2868828c851344c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b069fd751e77446db33b6fcfa3426902.psmdcp" Id="R0f1183cd78284c1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT014" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Antal årsverken inom barnomsorgen, Hela Åland efter År, Typ av uppgift och Kön</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>