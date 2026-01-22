--- v0 (2025-12-15)
+++ v1 (2026-01-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4354fc90fbdc44d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3e27ac007b0b482ba1632bfa737342ef.psmdcp" Id="R6ec643ae639c4c36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b8e54644a9d4e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/29b4fad7ce6c4197ab3fddb5b45c8dc5.psmdcp" Id="Rc66600856b054310" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ104" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Index for tanker freight rates on routes between NW European ports (Worldscale, Aframax tankers; 70,000100,000 dwt) 2008-2023 by month</x:t>
   </x:si>
   <x:si>
     <x:t>January</x:t>
   </x:si>
   <x:si>