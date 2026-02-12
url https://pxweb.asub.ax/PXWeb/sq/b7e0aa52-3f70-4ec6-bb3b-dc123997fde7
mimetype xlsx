--- v1 (2026-01-22)
+++ v2 (2026-02-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b8e54644a9d4e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/29b4fad7ce6c4197ab3fddb5b45c8dc5.psmdcp" Id="Rc66600856b054310" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc64cfa0c2b674f22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d05fa61c065c442abbdc5c5653277737.psmdcp" Id="R194af8c8a5f4421f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ104" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Index for tanker freight rates on routes between NW European ports (Worldscale, Aframax tankers; 70,000100,000 dwt) 2008-2023 by month</x:t>
   </x:si>
   <x:si>
     <x:t>January</x:t>
   </x:si>
   <x:si>