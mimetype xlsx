--- v2 (2026-02-12)
+++ v3 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc64cfa0c2b674f22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d05fa61c065c442abbdc5c5653277737.psmdcp" Id="R194af8c8a5f4421f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R893aec62253b4e8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9d07d01f43894951b0b4e7abf3b945ac.psmdcp" Id="Rb3b42dc0522a427d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ104" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Index for tanker freight rates on routes between NW European ports (Worldscale, Aframax tankers; 70,000100,000 dwt) 2008-2023 by month</x:t>
   </x:si>
   <x:si>
     <x:t>January</x:t>
   </x:si>
   <x:si>