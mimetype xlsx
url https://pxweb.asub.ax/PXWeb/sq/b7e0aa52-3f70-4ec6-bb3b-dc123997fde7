--- v3 (2026-03-05)
+++ v4 (2026-03-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R893aec62253b4e8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9d07d01f43894951b0b4e7abf3b945ac.psmdcp" Id="Rb3b42dc0522a427d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra07093a6de2a4df3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f2366613f33b43b9b2c4fc39ab15fc65.psmdcp" Id="R5b0e7d9a6f2e4d57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ104" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Index for tanker freight rates on routes between NW European ports (Worldscale, Aframax tankers; 70,000100,000 dwt) 2008-2023 by month</x:t>
   </x:si>
   <x:si>
     <x:t>January</x:t>
   </x:si>
   <x:si>