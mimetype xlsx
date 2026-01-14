--- v0 (2025-12-25)
+++ v1 (2026-01-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05dbf8cf8fac4d33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/17a734d2c0c24258a874b441de8519c3.psmdcp" Id="R6a521baba1254a4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R354151e0639e4f2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0a89f9ecb2cc4cb3ba2250b40d4cc34e.psmdcp" Id="Rbaec387974ba4cba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT005" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="27">
   <x:si>
     <x:t>Andel högstadieelever som läser inget, ett eller två frivilliga språk efter Skola, År och Antal språk</x:t>
   </x:si>
   <x:si>
     <x:t>2025</x:t>
   </x:si>
   <x:si>