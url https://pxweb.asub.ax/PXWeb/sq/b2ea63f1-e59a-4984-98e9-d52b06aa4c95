--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R354151e0639e4f2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0a89f9ecb2cc4cb3ba2250b40d4cc34e.psmdcp" Id="Rbaec387974ba4cba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e45e52b31194273" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/46be0b12fdc846cbac1b82d159330808.psmdcp" Id="R3cd2e83707324ee6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT005" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="27">
   <x:si>
     <x:t>Andel högstadieelever som läser inget, ett eller två frivilliga språk efter Skola, År och Antal språk</x:t>
   </x:si>
   <x:si>
     <x:t>2025</x:t>
   </x:si>
   <x:si>