--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e45e52b31194273" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/46be0b12fdc846cbac1b82d159330808.psmdcp" Id="R3cd2e83707324ee6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97f50f40936a4735" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8381a1dfa97944dcae2da7fa5bc55524.psmdcp" Id="R974d5f6e0a914262" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT005" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="27">
   <x:si>
     <x:t>Andel högstadieelever som läser inget, ett eller två frivilliga språk efter Skola, År och Antal språk</x:t>
   </x:si>
   <x:si>
     <x:t>2025</x:t>
   </x:si>
   <x:si>