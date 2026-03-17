--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97f50f40936a4735" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8381a1dfa97944dcae2da7fa5bc55524.psmdcp" Id="R974d5f6e0a914262" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24c5b88aba3a48a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7ff3ed91260249adbc6f8e7baa52c557.psmdcp" Id="Rb5de8a44d754462b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT005" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="27">
   <x:si>
     <x:t>Andel högstadieelever som läser inget, ett eller två frivilliga språk efter Skola, År och Antal språk</x:t>
   </x:si>
   <x:si>
     <x:t>2025</x:t>
   </x:si>
   <x:si>