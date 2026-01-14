--- v0 (2025-12-25)
+++ v1 (2026-01-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68faa91198534cde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/43f684f411104b8cba537856c7dc20a1.psmdcp" Id="R1520d553cdac41f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e62b10384d64eb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0e0e16da882948b9ac5c87dbabef3913.psmdcp" Id="Re7a011a7c98b439f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT036" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
   <x:si>
     <x:t>Studerande utanför Åland, Totalt, Alla studieländer efter år, utbildningsområde och kön</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>