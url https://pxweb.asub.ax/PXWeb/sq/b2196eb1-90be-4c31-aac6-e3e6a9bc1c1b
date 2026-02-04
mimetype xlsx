--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e62b10384d64eb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0e0e16da882948b9ac5c87dbabef3913.psmdcp" Id="Re7a011a7c98b439f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc31e1fc8098a44c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5fd2f024e3c34f7c8694a4451cc2a1f4.psmdcp" Id="Ra786b2c4426f497e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT036" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
   <x:si>
     <x:t>Studerande utanför Åland, Totalt, Alla studieländer efter år, utbildningsområde och kön</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>