--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc31e1fc8098a44c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5fd2f024e3c34f7c8694a4451cc2a1f4.psmdcp" Id="Ra786b2c4426f497e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0e6b4492a354654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2f2d3f1b09ce4fef8022cc9ba366a5ec.psmdcp" Id="R597dd99b34cc461d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT036" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
   <x:si>
     <x:t>Studerande utanför Åland, Totalt, Alla studieländer efter år, utbildningsområde och kön</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>