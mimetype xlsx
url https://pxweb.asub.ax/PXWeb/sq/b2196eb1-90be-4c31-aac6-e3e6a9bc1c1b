--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,119 +1,119 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0e6b4492a354654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2f2d3f1b09ce4fef8022cc9ba366a5ec.psmdcp" Id="R597dd99b34cc461d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fea79518efc44c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/da0c13ac50bd4ede8825b73b44296396.psmdcp" Id="R89e0980cfccf4d21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT036" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
   <x:si>
     <x:t>Studerande utanför Åland, Totalt, Alla studieländer efter år, utbildningsområde och kön</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>
     <x:t>Kvinnor</x:t>
   </x:si>
   <x:si>
     <x:t>Män</x:t>
   </x:si>
   <x:si>
-    <x:t>2024</x:t>
+    <x:t>2025</x:t>
   </x:si>
   <x:si>
     <x:t>Allmänbildande utb.</x:t>
   </x:si>
   <x:si>
     <x:t>Pedagogisk utb.</x:t>
   </x:si>
   <x:si>
     <x:t>Humanistisk utb.</x:t>
   </x:si>
   <x:si>
     <x:t>Samhällsvetenskaplig utb.</x:t>
   </x:si>
   <x:si>
     <x:t>Handel, administration, juridik</x:t>
   </x:si>
   <x:si>
     <x:t>Naturvetenskaplig utb.</x:t>
   </x:si>
   <x:si>
     <x:t>Databehandling, kommunikation (IKT)</x:t>
   </x:si>
   <x:si>
     <x:t>Teknisk utb.</x:t>
   </x:si>
   <x:si>
     <x:t>Lant- och skogsbruk</x:t>
   </x:si>
   <x:si>
     <x:t>Hälsovård, välfärd</x:t>
   </x:si>
   <x:si>
     <x:t>Tjänstebranschen</x:t>
   </x:si>
   <x:si>
     <x:t>Från och med 2017 används den förnyade utbildningsområdesklassificeringen ISCEDF 2013.
 Det tidigare utbildningsområdet Handel och samhällsvetenskap har ersatts av två utbildningsområden; De samhällsvetenskapliga områdena samt Handel, administration och juridik.
 Dessutom har området Databehandling och kommunikation (IKT) tillkommit.</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;A HREF=https://www.asub.ax/sv/beskrivning-statistiken-studerande-utanfor-aland TARGET=_blank&gt;Beskrivning av statistiken&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20250213 09:00</x:t>
+    <x:t>20260223 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Ålands statistik- och utredningsbyrå (ÅSUB)</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>PB 1187 AX-22111 Mariehamn</x:t>
   </x:si>
   <x:si>
     <x:t>018-25490</x:t>
   </x:si>
   <x:si>
     <x:t>asub@asub.ax</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Sort:</x:t>
   </x:si>
@@ -535,211 +535,211 @@
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="C3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C4" s="3" t="n">
-        <x:v>1359</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>831</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>528</x:v>
+        <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="B5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>52</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>14</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="B6" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>123</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>96</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>27</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="B7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>179</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>120</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>59</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="B8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>140</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="B9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="E9" s="3" t="n">
         <x:v>131</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="B10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>42</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>26</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="B11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>44</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>25</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="B12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>176</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>138</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="B13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>31</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="B14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
-        <x:v>192</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="B15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>79</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>33</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="4" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="0" t="s">
         <x:v>20</x:v>