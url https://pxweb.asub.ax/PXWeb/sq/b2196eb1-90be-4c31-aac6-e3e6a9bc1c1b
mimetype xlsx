--- v4 (2026-03-17)
+++ v5 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fea79518efc44c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/da0c13ac50bd4ede8825b73b44296396.psmdcp" Id="R89e0980cfccf4d21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R956770a3f4cd4d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d948d703b0244f6a4cef9f31b0a8913.psmdcp" Id="Rbd5055135308405b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT036" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
   <x:si>
     <x:t>Studerande utanför Åland, Totalt, Alla studieländer efter år, utbildningsområde och kön</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>