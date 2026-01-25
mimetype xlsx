--- v0 (2025-12-17)
+++ v1 (2026-01-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R131dd3e916524555" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/231614cad84441a2911eadd243e1c7e9.psmdcp" Id="R52849a447be744bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R356a14f6985e4f24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fee4bab77ab440dfa2f8195666114e22.psmdcp" Id="R9bc4c698dfae41da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT055" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
   <x:si>
     <x:t>Students at Ålands folkhögskola by Program, Year and Sex</x:t>
   </x:si>
   <x:si>
     <x:t>Students, total</x:t>
   </x:si>
   <x:si>