--- v1 (2026-01-25)
+++ v2 (2026-02-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R356a14f6985e4f24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fee4bab77ab440dfa2f8195666114e22.psmdcp" Id="R9bc4c698dfae41da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c000f61ae7c4fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/092cdef7645a4c2386ba766c5adbd9b3.psmdcp" Id="Rbbc02b04215c4f5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT055" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
   <x:si>
     <x:t>Students at Ålands folkhögskola by Program, Year and Sex</x:t>
   </x:si>
   <x:si>
     <x:t>Students, total</x:t>
   </x:si>
   <x:si>