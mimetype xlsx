--- v2 (2026-02-16)
+++ v3 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c000f61ae7c4fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/092cdef7645a4c2386ba766c5adbd9b3.psmdcp" Id="Rbbc02b04215c4f5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4d6fcd31da74f7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b2cdb023630c49989d002561129c4d57.psmdcp" Id="R78527c7140dd4382" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT055" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
   <x:si>
     <x:t>Students at Ålands folkhögskola by Program, Year and Sex</x:t>
   </x:si>
   <x:si>
     <x:t>Students, total</x:t>
   </x:si>
   <x:si>