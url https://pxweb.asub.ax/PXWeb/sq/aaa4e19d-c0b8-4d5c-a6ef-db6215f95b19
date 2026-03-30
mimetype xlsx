--- v3 (2026-03-09)
+++ v4 (2026-03-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4d6fcd31da74f7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b2cdb023630c49989d002561129c4d57.psmdcp" Id="R78527c7140dd4382" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc45d688fac1d4a5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8762d63338444d5aa4b907d18bd6e12a.psmdcp" Id="Rea6c93bdd1174557" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT055" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
   <x:si>
     <x:t>Students at Ålands folkhögskola by Program, Year and Sex</x:t>
   </x:si>
   <x:si>
     <x:t>Students, total</x:t>
   </x:si>
   <x:si>