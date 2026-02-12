--- v0 (2026-01-23)
+++ v1 (2026-02-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84327fe67b804625" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/857fc133d11a4afeab577b7b844055e6.psmdcp" Id="Rde13f0af22f641aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R021f2501b9874181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3260b96763c848778d22241c0fe88346.psmdcp" Id="Rfb4fa4ceb79547bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT036" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
   <x:si>
     <x:t>Students outside Åland, Total, Total by year, field of education and country of school</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>