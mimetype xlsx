--- v1 (2026-02-12)
+++ v2 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R021f2501b9874181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3260b96763c848778d22241c0fe88346.psmdcp" Id="Rfb4fa4ceb79547bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0d30b40a3274884" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eb1e61387d1849bdb8859ed341486140.psmdcp" Id="Rd22aad9470c64428" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT036" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
   <x:si>
     <x:t>Students outside Åland, Total, Total by year, field of education and country of school</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>