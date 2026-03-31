--- v2 (2026-03-05)
+++ v3 (2026-03-31)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0d30b40a3274884" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eb1e61387d1849bdb8859ed341486140.psmdcp" Id="Rd22aad9470c64428" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b90fe4b9f67455f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/469e247e6ca84045b0aaae78a68a05e8.psmdcp" Id="Rc9092d5721944ce5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT036" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
   <x:si>
     <x:t>Students outside Åland, Total, Total by year, field of education and country of school</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>
     <x:t>Finland</x:t>
   </x:si>
   <x:si>
     <x:t>Sweden</x:t>
   </x:si>
   <x:si>
     <x:t>Other countries</x:t>
   </x:si>
   <x:si>
-    <x:t>2024</x:t>
+    <x:t>2025</x:t>
   </x:si>
   <x:si>
     <x:t>Generic</x:t>
   </x:si>
   <x:si>
     <x:t>Education</x:t>
   </x:si>
   <x:si>
     <x:t>Arts, humanities</x:t>
   </x:si>
   <x:si>
     <x:t>Social sciences, journalism, information</x:t>
   </x:si>
   <x:si>
     <x:t>Business, administration, law</x:t>
   </x:si>
   <x:si>
     <x:t>Natural sciences, mathematics, statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Information and communication technologies</x:t>
   </x:si>
   <x:si>
     <x:t>Engineering, manufacturing and construction</x:t>
   </x:si>
@@ -84,51 +84,51 @@
   </x:si>
   <x:si>
     <x:t>From 2017, the revised classification of fields of education ISCEDF 2013 is used. 
 The figures for 20002016 have been revised in accordance with the new classification, where the previous field Business and politics was split into two fields; Social sciences, journalism and information as well as Business, administration and law. 
 Moreover, the field Information and communication technologies was added.</x:t>
   </x:si>
   <x:si>
     <x:t>All fields of education:
 0 Generic
 1 Education
 2 Arts and humanities
  Social sciences, journalism and information
 4 Business, administration and law
 5 Natural sciences, mathematics and statistics
 6 Information and communication technologies
 7 Engineering, manufacturing and construction
 8 Agriculture, forestry, fisheries and veterinary
 9 Health and welfare
 10 Serrvices
 99 Other or unknown</x:t>
   </x:si>
   <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20250213 09:00</x:t>
+    <x:t>20260223 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Åland (ÅSUB)</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>PB 1187 AX-22111 Mariehamn</x:t>
   </x:si>
   <x:si>
     <x:t>+358 18-25490</x:t>
   </x:si>
   <x:si>
     <x:t>asub@asub.ax</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
@@ -554,244 +554,244 @@
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:6">
       <x:c r="C3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:6">
       <x:c r="A4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C4" s="3" t="n">
-        <x:v>1359</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>523</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>775</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>61</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:6">
       <x:c r="B5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>52</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>16</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>29</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:6">
       <x:c r="B6" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>123</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>44</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>79</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:6">
       <x:c r="B7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>179</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>126</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:6">
       <x:c r="B8" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>140</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>32</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6">
       <x:c r="B9" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>115</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6">
       <x:c r="B10" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6">
       <x:c r="B11" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>44</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6">
       <x:c r="B12" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>176</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>73</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>100</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6">
       <x:c r="B13" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>11</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>27</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6">
       <x:c r="B14" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
-        <x:v>109</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
-        <x:v>93</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
-        <x:v>11</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6">
       <x:c r="B15" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>79</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>41</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>34</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6">
       <x:c r="A17" s="4" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6">
       <x:c r="A18" s="4" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6">
       <x:c r="A20" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6">
       <x:c r="A21" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>