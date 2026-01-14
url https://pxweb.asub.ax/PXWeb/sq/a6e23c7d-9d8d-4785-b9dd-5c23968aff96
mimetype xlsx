--- v0 (2025-12-21)
+++ v1 (2026-01-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18b6d0da6ccc4c05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3cc31e469fac4ecdb5a802747dc0c2ac.psmdcp" Id="R2610833a266a4bca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcf4005a16274faa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/29ac545ed0fc4e45bbe9c27fe88a597d.psmdcp" Id="R9e35e6fd42a94d4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT075" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Avlagda examina på gymnasienivå efter år, utbildningsområde, hemort och kön</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>