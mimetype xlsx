--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcf4005a16274faa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/29ac545ed0fc4e45bbe9c27fe88a597d.psmdcp" Id="R9e35e6fd42a94d4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4db1f7d169b641bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/23b3d40d381e4db4b3b6f94ce6e629ef.psmdcp" Id="R08f173be3f784d69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT075" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Avlagda examina på gymnasienivå efter år, utbildningsområde, hemort och kön</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>