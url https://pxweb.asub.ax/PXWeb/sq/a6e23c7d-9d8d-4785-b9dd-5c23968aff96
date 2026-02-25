--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4db1f7d169b641bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/23b3d40d381e4db4b3b6f94ce6e629ef.psmdcp" Id="R08f173be3f784d69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6748b012f0f34a28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9d22e14d773642a088e32a2264f67e8d.psmdcp" Id="R252952487a1a41f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT075" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Avlagda examina på gymnasienivå efter år, utbildningsområde, hemort och kön</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>