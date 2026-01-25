--- v0 (2025-12-17)
+++ v1 (2026-01-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7d2cb4ede534e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/234e10baeea449298b257425c2a458b6.psmdcp" Id="Rbf44dff38ff54164" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13fab136ee424901" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5b9d564090ee445486e589c170ca3a4e.psmdcp" Id="R4d4ca14132af44c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT051" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="63">
   <x:si>
     <x:t>Students at upper secondary level by School, Program, Year and Sex</x:t>
   </x:si>
   <x:si>
     <x:t>Students, total</x:t>
   </x:si>
   <x:si>