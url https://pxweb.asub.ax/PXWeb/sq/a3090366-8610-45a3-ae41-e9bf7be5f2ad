--- v1 (2026-01-25)
+++ v2 (2026-02-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13fab136ee424901" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5b9d564090ee445486e589c170ca3a4e.psmdcp" Id="R4d4ca14132af44c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd764503385c424c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9bdf6d3798924d3bad291641113220fa.psmdcp" Id="Rde036487c19d4a73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT051" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="63">
   <x:si>
     <x:t>Students at upper secondary level by School, Program, Year and Sex</x:t>
   </x:si>
   <x:si>
     <x:t>Students, total</x:t>
   </x:si>
   <x:si>