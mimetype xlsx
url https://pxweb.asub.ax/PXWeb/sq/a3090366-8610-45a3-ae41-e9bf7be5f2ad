--- v2 (2026-02-16)
+++ v3 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd764503385c424c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9bdf6d3798924d3bad291641113220fa.psmdcp" Id="Rde036487c19d4a73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd34789b5fe74e08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/863d99be62b04b458cd617c7b967d9d9.psmdcp" Id="R1bf625253cdb4e5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT051" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="63">
   <x:si>
     <x:t>Students at upper secondary level by School, Program, Year and Sex</x:t>
   </x:si>
   <x:si>
     <x:t>Students, total</x:t>
   </x:si>
   <x:si>