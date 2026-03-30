--- v3 (2026-03-09)
+++ v4 (2026-03-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd34789b5fe74e08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/863d99be62b04b458cd617c7b967d9d9.psmdcp" Id="R1bf625253cdb4e5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7da9492216344f4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bb63223af25242eb9a5ece6943b583fb.psmdcp" Id="Rc0ee1943192c4e9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT051" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="63">
   <x:si>
     <x:t>Students at upper secondary level by School, Program, Year and Sex</x:t>
   </x:si>
   <x:si>
     <x:t>Students, total</x:t>
   </x:si>
   <x:si>