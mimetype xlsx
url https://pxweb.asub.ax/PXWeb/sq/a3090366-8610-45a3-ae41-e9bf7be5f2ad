--- v4 (2026-03-30)
+++ v5 (2026-03-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7da9492216344f4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bb63223af25242eb9a5ece6943b583fb.psmdcp" Id="Rc0ee1943192c4e9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra42ec67f44994c27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0007473484374f6e911f0f7f95f75af0.psmdcp" Id="Rb807db79d0104f22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT051" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="63">
   <x:si>
     <x:t>Students at upper secondary level by School, Program, Year and Sex</x:t>
   </x:si>
   <x:si>
     <x:t>Students, total</x:t>
   </x:si>
   <x:si>