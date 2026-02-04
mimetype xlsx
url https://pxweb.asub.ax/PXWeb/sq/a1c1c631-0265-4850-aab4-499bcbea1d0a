--- v0 (2026-01-06)
+++ v1 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R915fffb1674547ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f4634df4186a4363b602b090a84a0b70.psmdcp" Id="Rafb65a3c2b16419d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad0b48d5dadd4f78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fa79a77e23c2454598515e8af9feca61.psmdcp" Id="Rac9ee50a2d384c1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT010" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <x:si>
     <x:t>Antal barn inom barnsomsorgen efter Verksamhetsform, Kommun, År och Vistelsetid</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>