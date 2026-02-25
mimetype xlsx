--- v1 (2026-02-04)
+++ v2 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad0b48d5dadd4f78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fa79a77e23c2454598515e8af9feca61.psmdcp" Id="Rac9ee50a2d384c1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5a95f1517d64622" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2a3a98534a4a473cbdb7c434a5bdfadd.psmdcp" Id="R8d67afdbfa164264" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT010" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <x:si>
     <x:t>Antal barn inom barnsomsorgen efter Verksamhetsform, Kommun, År och Vistelsetid</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>