--- v2 (2026-02-25)
+++ v3 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5a95f1517d64622" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2a3a98534a4a473cbdb7c434a5bdfadd.psmdcp" Id="R8d67afdbfa164264" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1e32ac45b574a55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/55713fc6064f45fc87c5c8e5e79276e6.psmdcp" Id="R1efccfb6210647a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT010" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <x:si>
     <x:t>Antal barn inom barnsomsorgen efter Verksamhetsform, Kommun, År och Vistelsetid</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>