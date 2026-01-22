--- v0 (2026-01-01)
+++ v1 (2026-01-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ba7c98db7c4489a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ee59ac084d254f069b7a80767bc4e0db.psmdcp" Id="R5fd713220d3e4994" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f7315926e1c46b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f8469aef859f4266a6e085308868a24f.psmdcp" Id="R636fb8252b2e412c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ101" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Price of low sulphur marine diesel (LSMGO) at port of Rotterdam 2014-2024 (USD/ton) by month</x:t>
   </x:si>
   <x:si>
     <x:t>January</x:t>
   </x:si>
   <x:si>