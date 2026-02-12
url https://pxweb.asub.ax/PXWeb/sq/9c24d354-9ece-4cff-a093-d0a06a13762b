--- v1 (2026-01-22)
+++ v2 (2026-02-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f7315926e1c46b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f8469aef859f4266a6e085308868a24f.psmdcp" Id="R636fb8252b2e412c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba00339dff444930" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dfa637b953934a9d8d8b808eb0e55a6e.psmdcp" Id="R28cdb00079bb4d4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ101" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Price of low sulphur marine diesel (LSMGO) at port of Rotterdam 2014-2024 (USD/ton) by month</x:t>
   </x:si>
   <x:si>
     <x:t>January</x:t>
   </x:si>
   <x:si>