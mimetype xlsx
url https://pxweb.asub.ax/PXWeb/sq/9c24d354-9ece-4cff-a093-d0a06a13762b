--- v2 (2026-02-12)
+++ v3 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba00339dff444930" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dfa637b953934a9d8d8b808eb0e55a6e.psmdcp" Id="R28cdb00079bb4d4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a6a0214cec7426b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3edc5cfee5ce4842bfeab4ec0fd376eb.psmdcp" Id="Rac97a203e2b14d46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ101" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Price of low sulphur marine diesel (LSMGO) at port of Rotterdam 2014-2024 (USD/ton) by month</x:t>
   </x:si>
   <x:si>
     <x:t>January</x:t>
   </x:si>
   <x:si>