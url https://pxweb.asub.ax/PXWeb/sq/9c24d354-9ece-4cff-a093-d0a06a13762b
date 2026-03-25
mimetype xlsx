--- v3 (2026-03-05)
+++ v4 (2026-03-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a6a0214cec7426b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3edc5cfee5ce4842bfeab4ec0fd376eb.psmdcp" Id="Rac97a203e2b14d46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71edf1cf00e24dee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/74f05ce186b747169d2a8d526033c56b.psmdcp" Id="R67c02e91066b40a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ101" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Price of low sulphur marine diesel (LSMGO) at port of Rotterdam 2014-2024 (USD/ton) by month</x:t>
   </x:si>
   <x:si>
     <x:t>January</x:t>
   </x:si>
   <x:si>