--- v0 (2025-12-21)
+++ v1 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R034d619341ad49fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d60f5f33d50d41ee86f6038b10212e25.psmdcp" Id="R9646db018be0462b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d89c6d8b77e460c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/506efb73274f432da3b1df9097e9c3e7.psmdcp" Id="R5263bab9dca04532" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT053" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>DefaultAppPool</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="A15" authorId="0">
       <x:text>
         <x:r>