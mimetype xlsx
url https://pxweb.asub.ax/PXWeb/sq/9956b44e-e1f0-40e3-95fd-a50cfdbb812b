--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d89c6d8b77e460c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/506efb73274f432da3b1df9097e9c3e7.psmdcp" Id="R5263bab9dca04532" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe2cd80f515b4b36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6d6c21db5b2b4629a39aed5c09ef405d.psmdcp" Id="R86106bb229774d8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT053" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>DefaultAppPool</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="A15" authorId="0">
       <x:text>
         <x:r>