--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe2cd80f515b4b36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6d6c21db5b2b4629a39aed5c09ef405d.psmdcp" Id="R86106bb229774d8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cdb9a2861364d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bd5e0c88c7d04e8a9bbffb172d5f1068.psmdcp" Id="Rc4a2e7902f7d435a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT053" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>DefaultAppPool</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="A15" authorId="0">
       <x:text>
         <x:r>