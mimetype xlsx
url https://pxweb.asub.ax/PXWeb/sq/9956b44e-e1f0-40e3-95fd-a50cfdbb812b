--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cdb9a2861364d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bd5e0c88c7d04e8a9bbffb172d5f1068.psmdcp" Id="Rc4a2e7902f7d435a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9225b30f24eb48ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/64d2169e6e25426aad8e122df7736650.psmdcp" Id="R8e97ab5d8590456e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT053" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>DefaultAppPool</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="A15" authorId="0">
       <x:text>
         <x:r>