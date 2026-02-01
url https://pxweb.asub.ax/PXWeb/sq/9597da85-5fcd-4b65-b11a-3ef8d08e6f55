--- v0 (2025-12-22)
+++ v1 (2026-02-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R728c1fccb6954e6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5e17d121eb3d464e9ab4a561bb183122.psmdcp" Id="R7956596a37d24125" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97d1b87187714647" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a4c84462a3a143ac9e2ac2315c009e4b.psmdcp" Id="Rad68a14762af4efc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="RV002" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Brottsoffer efter Kön, Typ av brott och År</x:t>
   </x:si>
   <x:si>
     <x:t>2009</x:t>
   </x:si>
   <x:si>