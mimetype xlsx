--- v1 (2026-02-01)
+++ v2 (2026-02-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97d1b87187714647" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a4c84462a3a143ac9e2ac2315c009e4b.psmdcp" Id="Rad68a14762af4efc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1223836107e4bef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b80a0809b45d408ba76c79e790413605.psmdcp" Id="Ra81e9a497c5f4472" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="RV002" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Brottsoffer efter Kön, Typ av brott och År</x:t>
   </x:si>
   <x:si>
     <x:t>2009</x:t>
   </x:si>
   <x:si>