--- v2 (2026-02-22)
+++ v3 (2026-03-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1223836107e4bef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b80a0809b45d408ba76c79e790413605.psmdcp" Id="Ra81e9a497c5f4472" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd42b42218f394561" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2bf0939fd1b34027afd8684005db6901.psmdcp" Id="R6a89e8b09dfc4739" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="RV002" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Brottsoffer efter Kön, Typ av brott och År</x:t>
   </x:si>
   <x:si>
     <x:t>2009</x:t>
   </x:si>
   <x:si>