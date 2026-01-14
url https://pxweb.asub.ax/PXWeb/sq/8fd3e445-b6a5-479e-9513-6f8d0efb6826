--- v0 (2025-12-21)
+++ v1 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R891c4b619a1247cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/10c613558c7549eea9516d410893ca11.psmdcp" Id="Rc21e133f4cc74c21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a6bcf5670484e13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c1b85acee00a4143a56c28636a9948de.psmdcp" Id="R44e3f2df699a494a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT042" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>DefaultAppPool</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="B12" authorId="0">
       <x:text>
         <x:r>