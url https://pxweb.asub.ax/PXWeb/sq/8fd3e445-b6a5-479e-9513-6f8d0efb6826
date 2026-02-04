--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a6bcf5670484e13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c1b85acee00a4143a56c28636a9948de.psmdcp" Id="R44e3f2df699a494a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f515a19f75e4594" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3699c85c39dd49f09966c242fa9eacd1.psmdcp" Id="Ra20cd21df8124d36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT042" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>DefaultAppPool</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="B12" authorId="0">
       <x:text>
         <x:r>