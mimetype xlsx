--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f515a19f75e4594" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3699c85c39dd49f09966c242fa9eacd1.psmdcp" Id="Ra20cd21df8124d36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32aca8a2829c41a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/24d43e68ad8249c7b2ae375dd0724403.psmdcp" Id="Rda4fe41d141343a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT042" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>DefaultAppPool</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="B12" authorId="0">
       <x:text>
         <x:r>