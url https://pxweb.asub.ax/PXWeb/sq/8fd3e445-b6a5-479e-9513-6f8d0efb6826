--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32aca8a2829c41a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/24d43e68ad8249c7b2ae375dd0724403.psmdcp" Id="Rda4fe41d141343a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R578f1826c1204d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5903d910fef240ecaedd5b53fcc79189.psmdcp" Id="R090caeff736740b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT042" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>DefaultAppPool</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="B12" authorId="0">
       <x:text>
         <x:r>