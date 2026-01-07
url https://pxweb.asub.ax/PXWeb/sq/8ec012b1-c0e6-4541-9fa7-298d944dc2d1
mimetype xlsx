--- v0 (2025-12-16)
+++ v1 (2026-01-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45a33cda0be74929" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dd901eb677f4481bb1e87376b4fc6640.psmdcp" Id="R1576cdb6a4714d8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeb475b7ab264c92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f23f964ca52d418392f8083b0bb680a3.psmdcp" Id="R8e7fa986aa4f4697" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT009" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
   <x:si>
     <x:t>Number of children in child care by Year, Municipality and Type of child care</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>