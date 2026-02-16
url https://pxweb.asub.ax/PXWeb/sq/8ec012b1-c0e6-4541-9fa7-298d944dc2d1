--- v1 (2026-01-07)
+++ v2 (2026-02-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeb475b7ab264c92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f23f964ca52d418392f8083b0bb680a3.psmdcp" Id="R8e7fa986aa4f4697" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radcb779b749e40ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/be122b4376784bcfaa830913e0098022.psmdcp" Id="Rc54d39f2c53b4e27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT009" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
   <x:si>
     <x:t>Number of children in child care by Year, Municipality and Type of child care</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>