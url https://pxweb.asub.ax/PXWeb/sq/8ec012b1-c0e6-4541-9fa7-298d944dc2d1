--- v2 (2026-02-16)
+++ v3 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radcb779b749e40ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/be122b4376784bcfaa830913e0098022.psmdcp" Id="Rc54d39f2c53b4e27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R496e329bbf7f424a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/50e7bce429df4bc4870205dc354bd31f.psmdcp" Id="R856f04824f3c4e5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT009" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
   <x:si>
     <x:t>Number of children in child care by Year, Municipality and Type of child care</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>