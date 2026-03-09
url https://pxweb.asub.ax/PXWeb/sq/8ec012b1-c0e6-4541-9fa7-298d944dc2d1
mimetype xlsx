--- v3 (2026-03-09)
+++ v4 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R496e329bbf7f424a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/50e7bce429df4bc4870205dc354bd31f.psmdcp" Id="R856f04824f3c4e5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dfc266033394f2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/426777a8da3841d5bd7a1130cee7d05b.psmdcp" Id="R6c04409823fa456a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT009" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
   <x:si>
     <x:t>Number of children in child care by Year, Municipality and Type of child care</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>