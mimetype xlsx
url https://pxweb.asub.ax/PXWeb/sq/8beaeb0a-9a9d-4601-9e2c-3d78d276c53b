--- v0 (2025-12-25)
+++ v1 (2026-01-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc42f7b320614c79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/27db15a197804e34936d47a2efe3cbb5.psmdcp" Id="R2b23da75e1834fd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00d3be16e8b84b66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8f17ba0cc75b44aeb6e88641fabca7a9.psmdcp" Id="R5639bc0a695046b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT008" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <x:si>
     <x:t>Elever i grundskolan efter Hemkommun, År och Typ av skola</x:t>
   </x:si>
   <x:si>
     <x:t>2025</x:t>
   </x:si>
   <x:si>