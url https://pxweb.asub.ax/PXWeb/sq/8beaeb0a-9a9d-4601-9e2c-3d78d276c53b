--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00d3be16e8b84b66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8f17ba0cc75b44aeb6e88641fabca7a9.psmdcp" Id="R5639bc0a695046b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0236c31a9d4f44c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/59eac226c17c456288cb1ffb1bac6ae3.psmdcp" Id="Rdf17044d465341d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT008" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <x:si>
     <x:t>Elever i grundskolan efter Hemkommun, År och Typ av skola</x:t>
   </x:si>
   <x:si>
     <x:t>2025</x:t>
   </x:si>
   <x:si>