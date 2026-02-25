--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0236c31a9d4f44c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/59eac226c17c456288cb1ffb1bac6ae3.psmdcp" Id="Rdf17044d465341d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c6efef9ad064ed1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/63b8c6cfe32f4badad5b3ac45fc9013d.psmdcp" Id="Re32162209fbe4e24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT008" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <x:si>
     <x:t>Elever i grundskolan efter Hemkommun, År och Typ av skola</x:t>
   </x:si>
   <x:si>
     <x:t>2025</x:t>
   </x:si>
   <x:si>