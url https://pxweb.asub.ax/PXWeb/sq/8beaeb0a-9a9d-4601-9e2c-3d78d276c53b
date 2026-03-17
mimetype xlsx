--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c6efef9ad064ed1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/63b8c6cfe32f4badad5b3ac45fc9013d.psmdcp" Id="Re32162209fbe4e24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00dda70211da494c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6d549124e73f4aa68f092a71dfc1228d.psmdcp" Id="R3cca3991ca554f64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT008" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <x:si>
     <x:t>Elever i grundskolan efter Hemkommun, År och Typ av skola</x:t>
   </x:si>
   <x:si>
     <x:t>2025</x:t>
   </x:si>
   <x:si>