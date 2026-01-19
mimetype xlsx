--- v0 (2025-12-28)
+++ v1 (2026-01-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4033316b0d714081" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/62214e50c99c4b98841c7c13436c5e2a.psmdcp" Id="R17d54c1523f84221" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb409cc73cc44f92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e6c74a5e17f74de3884616d6c5136953.psmdcp" Id="R096cda66024d495d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT002" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="73">
   <x:si>
     <x:t>Number of pupils in comprehensive school by Year and Level of education</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>