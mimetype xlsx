--- v1 (2026-01-19)
+++ v2 (2026-02-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb409cc73cc44f92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e6c74a5e17f74de3884616d6c5136953.psmdcp" Id="R096cda66024d495d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R770422a7b8194662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fcb24dc55643411a8adb32bd490da5be.psmdcp" Id="R4c85842b8bba4c60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT002" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="73">
   <x:si>
     <x:t>Number of pupils in comprehensive school by Year and Level of education</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>