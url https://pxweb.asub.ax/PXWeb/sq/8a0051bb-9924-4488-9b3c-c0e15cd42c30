--- v2 (2026-02-11)
+++ v3 (2026-03-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R770422a7b8194662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fcb24dc55643411a8adb32bd490da5be.psmdcp" Id="R4c85842b8bba4c60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R075d4b96d48342ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/10448f0972e74e3ea260ecfe62c245e8.psmdcp" Id="R8116f0b9621340dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT002" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="73">
   <x:si>
     <x:t>Number of pupils in comprehensive school by Year and Level of education</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>