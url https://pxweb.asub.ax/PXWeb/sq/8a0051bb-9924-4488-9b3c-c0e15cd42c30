--- v3 (2026-03-03)
+++ v4 (2026-03-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R075d4b96d48342ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/10448f0972e74e3ea260ecfe62c245e8.psmdcp" Id="R8116f0b9621340dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ba4512a3de24553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/63507b1c90094f178e5af987b9991cf3.psmdcp" Id="Rcc15d0e4b27d47e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT002" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="73">
   <x:si>
     <x:t>Number of pupils in comprehensive school by Year and Level of education</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>