--- v0 (2025-12-19)
+++ v1 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4588e95da384871" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ad427d7ac4654c9d85cf5626856fe32f.psmdcp" Id="R166c19c408b34ac3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0b9f9a4f44b498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/82bcaa2b8a8b456a99a9d8d142e793ac.psmdcp" Id="Rfa938d1dd60d421d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ011" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="47">
   <x:si>
     <x:t>Resande till och från utlandet på åländska hamnar 1999-2024, efter hamn</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>