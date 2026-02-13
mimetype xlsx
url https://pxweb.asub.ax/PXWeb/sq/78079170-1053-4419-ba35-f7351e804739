--- v1 (2026-01-09)
+++ v2 (2026-02-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0b9f9a4f44b498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/82bcaa2b8a8b456a99a9d8d142e793ac.psmdcp" Id="Rfa938d1dd60d421d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c45a91f78464d3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1af5171af79746beb39a0b5f3cb023f9.psmdcp" Id="R8b8df5ba43a043ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ011" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="47">
   <x:si>
     <x:t>Resande till och från utlandet på åländska hamnar 1999-2024, efter hamn</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>