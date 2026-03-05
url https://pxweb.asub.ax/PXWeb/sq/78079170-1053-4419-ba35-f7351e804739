--- v2 (2026-02-13)
+++ v3 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c45a91f78464d3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1af5171af79746beb39a0b5f3cb023f9.psmdcp" Id="R8b8df5ba43a043ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7039327b781e4a32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/02b42e4f80f84053bdbbd96a75e568af.psmdcp" Id="R1d9a121159e943bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ011" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="47">
   <x:si>
     <x:t>Resande till och från utlandet på åländska hamnar 1999-2024, efter hamn</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>