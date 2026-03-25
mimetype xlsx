--- v3 (2026-03-05)
+++ v4 (2026-03-25)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7039327b781e4a32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/02b42e4f80f84053bdbbd96a75e568af.psmdcp" Id="R1d9a121159e943bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R354239419b87408b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4281bf69068b4f63bb0f25dfb2ed248e.psmdcp" Id="R465608875957459b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ011" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="47">
-[...1 lines deleted...]
-    <x:t>Resande till och från utlandet på åländska hamnar 1999-2024, efter hamn</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="48">
+  <x:si>
+    <x:t>Resande till och från utlandet på åländska hamnar 1999-2025, efter hamn</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>
     <x:t>Mariehamn</x:t>
   </x:si>
   <x:si>
     <x:t>Eckerö (Berghamn)</x:t>
   </x:si>
   <x:si>
     <x:t>Långnäs</x:t>
   </x:si>
   <x:si>
     <x:t>1999</x:t>
   </x:si>
   <x:si>
     <x:t>2000</x:t>
   </x:si>
   <x:si>
     <x:t>2001</x:t>
   </x:si>
   <x:si>
     <x:t>2002</x:t>
   </x:si>
@@ -103,57 +103,60 @@
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>
+    <x:t>2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>&lt;A HREF=https://www.asub.ax/sv/beskrivning-sjofartsstatistiken TARGET=_blank&gt;Beskrivning av statistiken&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20250221 09:00</x:t>
+    <x:t>20260227 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikcentralen</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>Ålands statistik- och utredningsbyrå (ÅSUB)</x:t>
   </x:si>
   <x:si>
     <x:t>PB 1187</x:t>
   </x:si>
   <x:si>
     <x:t>AX-22111 Mariehamn</x:t>
   </x:si>
   <x:si>
     <x:t>018-25490</x:t>
   </x:si>
   <x:si>
     <x:t>asub@asub.ax</x:t>
   </x:si>
@@ -544,51 +547,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E60"/>
+  <x:dimension ref="A1:E61"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="9.270625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.010625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="18.400625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="8.870625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D3" s="2" t="s">
@@ -1018,128 +1021,145 @@
       </x:c>
       <x:c r="D28" s="3" t="n">
         <x:v>1078726</x:v>
       </x:c>
       <x:c r="E28" s="3" t="n">
         <x:v>14397</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
         <x:v>1587134</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>580483</x:v>
       </x:c>
       <x:c r="D29" s="3" t="n">
         <x:v>978418</x:v>
       </x:c>
       <x:c r="E29" s="3" t="n">
         <x:v>28233</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:5">
-      <x:c r="A31" s="4" t="s">
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A33" s="0" t="s">
+      <x:c r="B30" s="3" t="n">
+        <x:v>1754831</x:v>
+      </x:c>
+      <x:c r="C30" s="3" t="n">
+        <x:v>665684</x:v>
+      </x:c>
+      <x:c r="D30" s="3" t="n">
+        <x:v>1058994</x:v>
+      </x:c>
+      <x:c r="E30" s="3" t="n">
+        <x:v>30153</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:5">
-      <x:c r="A36" s="0" t="s">
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:5">
-      <x:c r="A39" s="0" t="s">
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:5">
-      <x:c r="A46" s="0" t="s">
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:5">
-      <x:c r="A48" s="0" t="s">
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:5">
-      <x:c r="A59" s="0" t="s">
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="0" t="s">
         <x:v>46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="0" t="s">
+        <x:v>47</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>SJ011</vt:lpstr>
       <vt:lpstr>SJ011!Print_Area</vt:lpstr>
       <vt:lpstr>SJ011!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>