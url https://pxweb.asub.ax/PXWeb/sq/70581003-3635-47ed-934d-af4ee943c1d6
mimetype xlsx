--- v0 (2026-01-01)
+++ v1 (2026-01-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9333f042ad104dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3523c35fa7f24442a766917c79c70f78.psmdcp" Id="Rf3a4dc1ad4d049dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdae17abff3594ce0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5ee4011063d64220ae1701c7b61bc58e.psmdcp" Id="R9314aa950846422e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ005" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Employment in sea transport enterprise by year and sex</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>