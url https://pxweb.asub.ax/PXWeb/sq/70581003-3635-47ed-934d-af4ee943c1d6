--- v1 (2026-01-22)
+++ v2 (2026-02-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdae17abff3594ce0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5ee4011063d64220ae1701c7b61bc58e.psmdcp" Id="R9314aa950846422e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe435e55dae840c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c29c6a55cfcb41f7be40abac942768a3.psmdcp" Id="R388ae4f9e96b4343" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ005" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Employment in sea transport enterprise by year and sex</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>