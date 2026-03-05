--- v2 (2026-02-12)
+++ v3 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe435e55dae840c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c29c6a55cfcb41f7be40abac942768a3.psmdcp" Id="R388ae4f9e96b4343" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a6d1e1ff5e24b15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9c4d9ae063dc4165916b6c967942f3c8.psmdcp" Id="Rb220554d08624a14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ005" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Employment in sea transport enterprise by year and sex</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>