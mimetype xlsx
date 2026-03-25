--- v3 (2026-03-05)
+++ v4 (2026-03-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a6d1e1ff5e24b15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9c4d9ae063dc4165916b6c967942f3c8.psmdcp" Id="Rb220554d08624a14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46570c8993d848f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/db8c3571de744d479688f5ec332da82b.psmdcp" Id="Rb022ec726eef4bf8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ005" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Employment in sea transport enterprise by year and sex</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>