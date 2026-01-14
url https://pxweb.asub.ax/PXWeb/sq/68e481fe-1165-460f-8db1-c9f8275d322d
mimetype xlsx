--- v0 (2025-12-25)
+++ v1 (2026-01-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32f27c194cbc45e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9c092183086744649727ef52975737d5.psmdcp" Id="Raa3816da0366447f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89fe5cb1ace84bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/120f4514c36f4d45a7ef02482f04666c.psmdcp" Id="Rd68358a554484d53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="74">
   <x:si>
     <x:t>Elever i grundskolan efter Hemkommun och År</x:t>
   </x:si>
   <x:si>
     <x:t>1990</x:t>
   </x:si>
   <x:si>