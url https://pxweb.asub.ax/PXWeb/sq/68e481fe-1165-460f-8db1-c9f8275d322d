--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89fe5cb1ace84bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/120f4514c36f4d45a7ef02482f04666c.psmdcp" Id="Rd68358a554484d53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re230bb91971c4718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8d99b8ceb14e46aeb793d54ecb09d581.psmdcp" Id="R7c94f65fb03b46dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="74">
   <x:si>
     <x:t>Elever i grundskolan efter Hemkommun och År</x:t>
   </x:si>
   <x:si>
     <x:t>1990</x:t>
   </x:si>
   <x:si>