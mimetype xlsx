--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re230bb91971c4718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8d99b8ceb14e46aeb793d54ecb09d581.psmdcp" Id="R7c94f65fb03b46dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90b4c10f26514c19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f4637b5f1d8142b2839d8736c9a3989c.psmdcp" Id="R58b0a93ea5364ac6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="74">
   <x:si>
     <x:t>Elever i grundskolan efter Hemkommun och År</x:t>
   </x:si>
   <x:si>
     <x:t>1990</x:t>
   </x:si>
   <x:si>