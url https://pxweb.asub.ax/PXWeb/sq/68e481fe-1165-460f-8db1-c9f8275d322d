--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90b4c10f26514c19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f4637b5f1d8142b2839d8736c9a3989c.psmdcp" Id="R58b0a93ea5364ac6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2b3272e6d4844e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/06b5aa76bba54147a0668c74cb2109ad.psmdcp" Id="Rd262c784242f43f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="74">
   <x:si>
     <x:t>Elever i grundskolan efter Hemkommun och År</x:t>
   </x:si>
   <x:si>
     <x:t>1990</x:t>
   </x:si>
   <x:si>