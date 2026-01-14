--- v0 (2025-12-21)
+++ v1 (2026-01-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R147d96f66eb14b5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c109b4240cf04fd8a97a474c617c1924.psmdcp" Id="R87828771717c4578" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad6e1e3779b1466a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1445b29dc97d4c37b79103515c23fa88.psmdcp" Id="R218fee7ed3ec4f94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT043" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
   <x:si>
     <x:t>Platser, sökande och antagna vid Ålands folkhögskola efter År, Utbildning och Typ av uppgift</x:t>
   </x:si>
   <x:si>
     <x:t>Platser</x:t>
   </x:si>
   <x:si>