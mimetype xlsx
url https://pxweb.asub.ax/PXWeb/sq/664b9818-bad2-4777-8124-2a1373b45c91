--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad6e1e3779b1466a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1445b29dc97d4c37b79103515c23fa88.psmdcp" Id="R218fee7ed3ec4f94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R094d972138c1497f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ab4dd1ac220941a8b58b700363acb26c.psmdcp" Id="R6d14012904c541bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT043" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
   <x:si>
     <x:t>Platser, sökande och antagna vid Ålands folkhögskola efter År, Utbildning och Typ av uppgift</x:t>
   </x:si>
   <x:si>
     <x:t>Platser</x:t>
   </x:si>
   <x:si>