--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R094d972138c1497f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ab4dd1ac220941a8b58b700363acb26c.psmdcp" Id="R6d14012904c541bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf917ef2298442ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2f1040178d304499a133f3533e808350.psmdcp" Id="R2f857831f7834acb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT043" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
   <x:si>
     <x:t>Platser, sökande och antagna vid Ålands folkhögskola efter År, Utbildning och Typ av uppgift</x:t>
   </x:si>
   <x:si>
     <x:t>Platser</x:t>
   </x:si>
   <x:si>