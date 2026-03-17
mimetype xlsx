--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf917ef2298442ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2f1040178d304499a133f3533e808350.psmdcp" Id="R2f857831f7834acb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7afc7d745c2e4600" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9952d9fb07dc45ca81cdc803b2515365.psmdcp" Id="R3e7a3a3b5d934c32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT043" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
   <x:si>
     <x:t>Platser, sökande och antagna vid Ålands folkhögskola efter År, Utbildning och Typ av uppgift</x:t>
   </x:si>
   <x:si>
     <x:t>Platser</x:t>
   </x:si>
   <x:si>