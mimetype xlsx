--- v0 (2025-12-25)
+++ v1 (2026-01-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e10165f1cb9489f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2dfd1a2441d84a2e931a29057de368b6.psmdcp" Id="R28714f644bb64057" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f65b5d0db8c48f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/153901e51eff49b3afa11ffa98f4ebf3.psmdcp" Id="Rc1d226fbc8e94361" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT024" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <x:si>
     <x:t>Studerande utanför Åland efter studieland, skola och år</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>