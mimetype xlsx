--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f65b5d0db8c48f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/153901e51eff49b3afa11ffa98f4ebf3.psmdcp" Id="Rc1d226fbc8e94361" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f29b1c363084651" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d539ed9a252d40c684a395b22f33c4ee.psmdcp" Id="R435353503c1449ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT024" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <x:si>
     <x:t>Studerande utanför Åland efter studieland, skola och år</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>