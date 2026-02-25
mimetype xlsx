--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f29b1c363084651" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d539ed9a252d40c684a395b22f33c4ee.psmdcp" Id="R435353503c1449ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77b2e818af4441d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5ee5ea2ff2484255b4a4b72b71baa3b9.psmdcp" Id="R655bfc40499342e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT024" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <x:si>
     <x:t>Studerande utanför Åland efter studieland, skola och år</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>