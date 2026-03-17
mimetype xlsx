--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,92 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77b2e818af4441d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5ee5ea2ff2484255b4a4b72b71baa3b9.psmdcp" Id="R655bfc40499342e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54b3552d699a4a01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/49c68505e1c54fe09388fe5dd120214f.psmdcp" Id="Rdcc2c44ca30b421f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT024" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <x:si>
     <x:t>Studerande utanför Åland efter studieland, skola och år</x:t>
   </x:si>
   <x:si>
-    <x:t>2015</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>
+    <x:t>2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sverige</x:t>
   </x:si>
   <x:si>
     <x:t>Uppsala universitet</x:t>
   </x:si>
   <x:si>
     <x:t>Yrkeshögskolan Novia</x:t>
   </x:si>
   <x:si>
     <x:t>..</x:t>
   </x:si>
   <x:si>
     <x:t>Åbo akademi</x:t>
   </x:si>
   <x:si>
     <x:t>Arcada yrkeshögskola</x:t>
   </x:si>
   <x:si>
     <x:t>Örebro universitet</x:t>
   </x:si>
   <x:si>
     <x:t>Linköpings universitet</x:t>
   </x:si>
   <x:si>
     <x:t>Sv. Handelshögskolan</x:t>
@@ -103,51 +103,51 @@
   <x:si>
     <x:t>Högskolan i Gävle</x:t>
   </x:si>
   <x:si>
     <x:t>Mälardalens universitet</x:t>
   </x:si>
   <x:si>
     <x:t>Yrkeshögskolan Sydväst</x:t>
   </x:si>
   <x:si>
     <x:t>Finland</x:t>
   </x:si>
   <x:si>
     <x:t>Inkluderar endast de skolor som haft fler än 30 åländska studerande under minst tre år sedan 2004.</x:t>
   </x:si>
   <x:si>
     <x:t>Yrkehögskolan Novia grundades 1.8.2008 genom en sammanslagning av Yrkeshögskolan Sydväst och Svenska yrkeshögskolan.</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;A HREF=https://www.asub.ax/sv/beskrivning-statistiken-studerande-utanfor-aland TARGET=_blank&gt;Beskrivning av statistiken&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20250213 12:00</x:t>
+    <x:t>20260223 12:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Ålands statistik- och utredningsbyrå (ÅSUB)</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>PB 1187 AX-22111 Mariehamn</x:t>
   </x:si>
   <x:si>
     <x:t>018-25490</x:t>
   </x:si>
   <x:si>
     <x:t>asub@asub.ax</x:t>
   </x:si>
   <x:si>
     <x:t>Sort:</x:t>
   </x:si>
   <x:si>
     <x:t>Personer</x:t>
   </x:si>
@@ -589,78 +589,78 @@
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="I3" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="J3" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="K3" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="L3" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:12">
       <x:c r="A4" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C4" s="3" t="n">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="E4" s="3" t="n">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="E4" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>164</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>150</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H4" s="3" t="n">
-        <x:v>158</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I4" s="3" t="n">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="J4" s="3" t="n">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="K4" s="3" t="n">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="J4" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="L4" s="3" t="n">
-        <x:v>135</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:12">
       <x:c r="B5" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C5" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D5" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E5" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F5" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G5" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H5" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
@@ -729,323 +729,323 @@
       </x:c>
       <x:c r="G7" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J7" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="K7" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="L7" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:12">
       <x:c r="B8" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>63</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>71</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>67</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I8" s="3" t="n">
-        <x:v>72</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J8" s="3" t="n">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K8" s="3" t="n">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L8" s="3" t="n">
-        <x:v>59</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:12">
       <x:c r="B9" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>58</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>67</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F9" s="3" t="n">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G9" s="3" t="n">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H9" s="3" t="n">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="F9" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I9" s="3" t="n">
-        <x:v>64</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J9" s="3" t="n">
-        <x:v>72</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K9" s="3" t="n">
-        <x:v>60</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L9" s="3" t="n">
-        <x:v>50</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:12">
       <x:c r="B10" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="K10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="L10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12">
       <x:c r="B11" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>46</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E11" s="3" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="F11" s="3" t="n">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="G11" s="3" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H11" s="3" t="n">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="E11" s="3" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I11" s="3" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="J11" s="3" t="n">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="K11" s="3" t="n">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="J11" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="L11" s="3" t="n">
-        <x:v>41</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12">
       <x:c r="B12" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>43</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>40</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
-        <x:v>36</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I12" s="3" t="n">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J12" s="3" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K12" s="3" t="n">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L12" s="3" t="n">
-        <x:v>39</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12">
       <x:c r="B13" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>30</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F13" s="3" t="n">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="G13" s="3" t="n">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="H13" s="3" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I13" s="3" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="J13" s="3" t="n">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="F13" s="3" t="n">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K13" s="3" t="n">
-        <x:v>28</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="L13" s="3" t="n">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12">
       <x:c r="B14" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="D14" s="3" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="E14" s="3" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F14" s="3" t="n">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="G14" s="3" t="n">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H14" s="3" t="n">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="I14" s="3" t="n">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="J14" s="3" t="n">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="D14" s="3" t="n">
+      <x:c r="K14" s="3" t="n">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="L14" s="3" t="n">
         <x:v>33</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12">
       <x:c r="B15" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>28</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>24</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H15" s="3" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="I15" s="3" t="n">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="J15" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="K15" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="L15" s="3" t="n">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12">
       <x:c r="B16" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C16" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I16" s="4" t="s">
@@ -1082,148 +1082,148 @@
       </x:c>
       <x:c r="G17" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J17" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="K17" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="L17" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12">
       <x:c r="B18" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
-        <x:v>90</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
-        <x:v>95</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G18" s="3" t="n">
-        <x:v>106</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H18" s="3" t="n">
-        <x:v>103</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I18" s="3" t="n">
-        <x:v>109</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J18" s="3" t="n">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="K18" s="3" t="n">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="L18" s="3" t="n">
         <x:v>135</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12">
       <x:c r="B19" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D19" s="3" t="n">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E19" s="3" t="n">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="F19" s="3" t="n">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="D19" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G19" s="3" t="n">
-        <x:v>105</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H19" s="3" t="n">
-        <x:v>118</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I19" s="3" t="n">
-        <x:v>127</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J19" s="3" t="n">
-        <x:v>122</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="K19" s="3" t="n">
-        <x:v>132</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="L19" s="3" t="n">
-        <x:v>124</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12">
       <x:c r="B20" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D20" s="3" t="n">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="E20" s="3" t="n">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="D20" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F20" s="3" t="n">
-        <x:v>66</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G20" s="3" t="n">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H20" s="3" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I20" s="3" t="n">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J20" s="3" t="n">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K20" s="3" t="n">
-        <x:v>73</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L20" s="3" t="n">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12">
       <x:c r="B21" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
@@ -1257,78 +1257,78 @@
       </x:c>
       <x:c r="G22" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I22" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J22" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="K22" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="L22" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12">
       <x:c r="B23" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>37</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D23" s="3" t="n">
-        <x:v>52</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E23" s="3" t="n">
-        <x:v>63</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F23" s="3" t="n">
-        <x:v>66</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G23" s="3" t="n">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H23" s="3" t="n">
-        <x:v>59</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I23" s="3" t="n">
-        <x:v>62</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J23" s="3" t="n">
-        <x:v>53</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K23" s="3" t="n">
-        <x:v>48</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L23" s="3" t="n">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12">
       <x:c r="B24" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I24" s="4" t="s">