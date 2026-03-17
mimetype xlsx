--- v4 (2026-03-17)
+++ v5 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54b3552d699a4a01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/49c68505e1c54fe09388fe5dd120214f.psmdcp" Id="Rdcc2c44ca30b421f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe117cf820424fc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0ca7cef6e55c4270873c4c3cb48ab25b.psmdcp" Id="R3ad0cbb3d9f44ac7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT024" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <x:si>
     <x:t>Studerande utanför Åland efter studieland, skola och år</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>