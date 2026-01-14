--- v0 (2025-12-25)
+++ v1 (2026-01-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b8d52c7e5734d79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3e481645837f44418730c858c976b797.psmdcp" Id="R8fcd7d6346124afa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R901f90f78f494b3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b7e001a331e049acaf5f29ec25a2593f.psmdcp" Id="R5e744143a0bb4694" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT004" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>Antal elever med stöd för lärande och skolgång efter Typ av stöd, Kön och År</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>