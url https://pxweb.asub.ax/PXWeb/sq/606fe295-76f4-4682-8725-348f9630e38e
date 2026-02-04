--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R901f90f78f494b3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b7e001a331e049acaf5f29ec25a2593f.psmdcp" Id="R5e744143a0bb4694" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea47c5433aaa444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/258e2a4998ad433ba3f36995d114bedb.psmdcp" Id="Ra69ce36dd12c4094" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT004" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>Antal elever med stöd för lärande och skolgång efter Typ av stöd, Kön och År</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>