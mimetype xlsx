--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea47c5433aaa444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/258e2a4998ad433ba3f36995d114bedb.psmdcp" Id="Ra69ce36dd12c4094" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R084bcc016e4c4013" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/78672cba0fce4c2786ea98d867187af6.psmdcp" Id="Rbc34d5ee54a7463c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT004" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>Antal elever med stöd för lärande och skolgång efter Typ av stöd, Kön och År</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>