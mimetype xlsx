--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R084bcc016e4c4013" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/78672cba0fce4c2786ea98d867187af6.psmdcp" Id="Rbc34d5ee54a7463c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79e98091873c44b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0c472e59d003418095d8548a1c4e96a8.psmdcp" Id="Rfcaaf9cbdb534d34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT004" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>Antal elever med stöd för lärande och skolgång efter Typ av stöd, Kön och År</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>