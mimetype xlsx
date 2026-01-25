--- v0 (2025-12-17)
+++ v1 (2026-01-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1d31b78a7464f48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e8cb576f7fe6435482ef6292488bdd6c.psmdcp" Id="Rb6a0d0fdefc84394" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R132a9b9a5d6342c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f6379076e45418680a3523c53722f4d.psmdcp" Id="Rcde34a2dd1544107" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT043" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>DefaultAppPool</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="B17" authorId="0">
       <x:text>
         <x:r>