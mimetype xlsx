--- v1 (2026-01-25)
+++ v2 (2026-02-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R132a9b9a5d6342c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f6379076e45418680a3523c53722f4d.psmdcp" Id="Rcde34a2dd1544107" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cf7975645be4a7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/98b6fe6bac7448819cdf1ddd0dc09a13.psmdcp" Id="R7d4272fc9ccc4fad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT043" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>DefaultAppPool</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="B17" authorId="0">
       <x:text>
         <x:r>