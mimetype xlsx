--- v2 (2026-02-16)
+++ v3 (2026-03-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cf7975645be4a7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/98b6fe6bac7448819cdf1ddd0dc09a13.psmdcp" Id="R7d4272fc9ccc4fad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eead03d8b8542a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/55a9ffb3321d49168d3ffd79557c6935.psmdcp" Id="Ra37739b0fe8a4b0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT043" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>DefaultAppPool</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="B17" authorId="0">
       <x:text>
         <x:r>