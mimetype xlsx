--- v3 (2026-03-09)
+++ v4 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eead03d8b8542a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/55a9ffb3321d49168d3ffd79557c6935.psmdcp" Id="Ra37739b0fe8a4b0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd23bc94f664c4e5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4e17bceae9b744809587d52479119896.psmdcp" Id="R708a62224dc341f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT043" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>DefaultAppPool</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="B17" authorId="0">
       <x:text>
         <x:r>