--- v4 (2026-03-30)
+++ v5 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd23bc94f664c4e5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4e17bceae9b744809587d52479119896.psmdcp" Id="R708a62224dc341f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e64092939b8446b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5d11c649f6164e82b81c4b923dabac3b.psmdcp" Id="Rd6f3569f027b4c59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT043" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>DefaultAppPool</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="B17" authorId="0">
       <x:text>
         <x:r>