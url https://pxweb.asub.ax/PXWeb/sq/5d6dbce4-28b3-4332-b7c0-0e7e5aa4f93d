--- v0 (2025-12-25)
+++ v1 (2026-01-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R483cce116e7847a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7e7c9ef23cf44fd6ae371e8024984993.psmdcp" Id="Rdb71f4cd6a4947ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R041bfe7ee4ad4b21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1dacae4fe4f9447685a006d4a85ba860.psmdcp" Id="R9537ee4531484501" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT006" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Andel grundskoleelever som läser frivilliga språk efter År, Språk, Kön och Årskurs</x:t>
   </x:si>
   <x:si>
     <x:t>Åk 1</x:t>
   </x:si>
   <x:si>