--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R041bfe7ee4ad4b21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1dacae4fe4f9447685a006d4a85ba860.psmdcp" Id="R9537ee4531484501" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c2071c3988a4aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/16a19fe629f5421dab1d987c28fa3020.psmdcp" Id="R46bf790c46984b49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT006" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Andel grundskoleelever som läser frivilliga språk efter År, Språk, Kön och Årskurs</x:t>
   </x:si>
   <x:si>
     <x:t>Åk 1</x:t>
   </x:si>
   <x:si>