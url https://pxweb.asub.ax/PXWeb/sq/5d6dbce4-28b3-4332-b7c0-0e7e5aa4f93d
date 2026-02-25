--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c2071c3988a4aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/16a19fe629f5421dab1d987c28fa3020.psmdcp" Id="R46bf790c46984b49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c51d6bada1f4a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/367c462183cb4d40b5536a8aca84f7f8.psmdcp" Id="R8caf8652a3574451" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT006" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Andel grundskoleelever som läser frivilliga språk efter År, Språk, Kön och Årskurs</x:t>
   </x:si>
   <x:si>
     <x:t>Åk 1</x:t>
   </x:si>
   <x:si>