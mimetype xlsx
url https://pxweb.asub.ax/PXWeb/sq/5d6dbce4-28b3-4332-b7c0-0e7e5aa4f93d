--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c51d6bada1f4a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/367c462183cb4d40b5536a8aca84f7f8.psmdcp" Id="R8caf8652a3574451" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R916382677dcc449a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0aef2850a59e43ed9edb46cc27c6cfef.psmdcp" Id="Rdbbb59579505417b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT006" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Andel grundskoleelever som läser frivilliga språk efter År, Språk, Kön och Årskurs</x:t>
   </x:si>
   <x:si>
     <x:t>Åk 1</x:t>
   </x:si>
   <x:si>