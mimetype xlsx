--- v0 (2025-12-19)
+++ v1 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf193de4444b74617" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c4e7d880cc2342598e608cb94b716184.psmdcp" Id="Racd72f3e50d644d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27ea42c3112d4fe2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/de6a2a1695054b6eb44dbdcd6d44fe6c.psmdcp" Id="R7685b57a67ab472b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ101" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <x:si>
     <x:t>Priset på lågsvavlig marindiesel (LSMGO) i Rotterdam 2014-2024 (USD/ton), efter månad</x:t>
   </x:si>
   <x:si>
     <x:t>januari</x:t>
   </x:si>
   <x:si>