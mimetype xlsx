--- v1 (2026-01-09)
+++ v2 (2026-02-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27ea42c3112d4fe2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/de6a2a1695054b6eb44dbdcd6d44fe6c.psmdcp" Id="R7685b57a67ab472b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R517ad86b928e498d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d6e2ebc9de8462d857d1283aa7921e5.psmdcp" Id="Re15c3577fc034974" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ101" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <x:si>
     <x:t>Priset på lågsvavlig marindiesel (LSMGO) i Rotterdam 2014-2024 (USD/ton), efter månad</x:t>
   </x:si>
   <x:si>
     <x:t>januari</x:t>
   </x:si>
   <x:si>