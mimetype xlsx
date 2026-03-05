--- v2 (2026-02-13)
+++ v3 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R517ad86b928e498d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d6e2ebc9de8462d857d1283aa7921e5.psmdcp" Id="Re15c3577fc034974" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3a462cb5c5848a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/361495c815f14515848e24362e121f89.psmdcp" Id="Rdf2f233b559345a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ101" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <x:si>
     <x:t>Priset på lågsvavlig marindiesel (LSMGO) i Rotterdam 2014-2024 (USD/ton), efter månad</x:t>
   </x:si>
   <x:si>
     <x:t>januari</x:t>
   </x:si>
   <x:si>