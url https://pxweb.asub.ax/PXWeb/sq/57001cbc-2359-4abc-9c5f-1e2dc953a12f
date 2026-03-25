--- v3 (2026-03-05)
+++ v4 (2026-03-25)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3a462cb5c5848a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/361495c815f14515848e24362e121f89.psmdcp" Id="Rdf2f233b559345a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabe0762681d1435c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ce4184ea87894917bfd7103d72a013f7.psmdcp" Id="R45936d197cb3483c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ101" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
-[...1 lines deleted...]
-    <x:t>Priset på lågsvavlig marindiesel (LSMGO) i Rotterdam 2014-2024 (USD/ton), efter månad</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
+  <x:si>
+    <x:t>Priset på lågsvavlig marindiesel (LSMGO) i Rotterdam 2014-2025 (USD/ton), efter månad</x:t>
   </x:si>
   <x:si>
     <x:t>januari</x:t>
   </x:si>
   <x:si>
     <x:t>februari</x:t>
   </x:si>
   <x:si>
     <x:t>mars</x:t>
   </x:si>
   <x:si>
     <x:t>april</x:t>
   </x:si>
   <x:si>
     <x:t>maj</x:t>
   </x:si>
   <x:si>
     <x:t>juni</x:t>
   </x:si>
   <x:si>
     <x:t>juli</x:t>
   </x:si>
   <x:si>
     <x:t>augusti</x:t>
   </x:si>
@@ -82,60 +82,63 @@
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>
+    <x:t>2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Värden enligt den första noteringen varje månad.</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;A HREF=https://www.asub.ax/sv/beskrivning-sjofartsstatistiken TARGET=_blank&gt;Beskrivning av statistiken&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20250220 09:00</x:t>
+    <x:t>20260227 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Ship &amp; Bunker (http://shipandbunker.com)</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>Ålands statistik- och utredningsbyrå (ÅSUB)</x:t>
   </x:si>
   <x:si>
     <x:t>PB 1187</x:t>
   </x:si>
   <x:si>
     <x:t>AX-22111 Mariehamn</x:t>
   </x:si>
   <x:si>
     <x:t>018-25490</x:t>
   </x:si>
   <x:si>
     <x:t>asub@asub.ax</x:t>
   </x:si>
@@ -526,51 +529,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:M46"/>
+  <x:dimension ref="A1:M47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="8.840625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.160625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.770625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="5.110625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="5.140625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="6.090625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.190625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="11.260625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.750625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="10.760625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="10.580625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:13">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
@@ -1041,133 +1044,174 @@
       <x:c r="F14" s="3" t="n">
         <x:v>751</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
         <x:v>737</x:v>
       </x:c>
       <x:c r="H14" s="3" t="n">
         <x:v>769</x:v>
       </x:c>
       <x:c r="I14" s="3" t="n">
         <x:v>716</x:v>
       </x:c>
       <x:c r="J14" s="3" t="n">
         <x:v>657</x:v>
       </x:c>
       <x:c r="K14" s="3" t="n">
         <x:v>625</x:v>
       </x:c>
       <x:c r="L14" s="3" t="n">
         <x:v>670</x:v>
       </x:c>
       <x:c r="M14" s="3" t="n">
         <x:v>653</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:13">
-      <x:c r="A16" s="4" t="s">
+    <x:row r="15" spans="1:13">
+      <x:c r="A15" s="2" t="s">
         <x:v>24</x:v>
+      </x:c>
+      <x:c r="B15" s="3" t="n">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="C15" s="3" t="n">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="D15" s="3" t="n">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="E15" s="3" t="n">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="F15" s="3" t="n">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="G15" s="3" t="n">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="H15" s="3" t="n">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="I15" s="3" t="n">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="J15" s="3" t="n">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="K15" s="3" t="n">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="L15" s="3" t="n">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="M15" s="3" t="n">
+        <x:v>661</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:13">
       <x:c r="A17" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:13">
-      <x:c r="A19" s="0" t="s">
+    <x:row r="18" spans="1:13">
+      <x:c r="A18" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:13">
       <x:c r="A20" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:13">
-      <x:c r="A22" s="0" t="s">
+    <x:row r="21" spans="1:13">
+      <x:c r="A21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:13">
       <x:c r="A23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:13">
-      <x:c r="A25" s="0" t="s">
+    <x:row r="24" spans="1:13">
+      <x:c r="A24" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:13">
       <x:c r="A26" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:13">
       <x:c r="A27" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:13">
       <x:c r="A28" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:13">
       <x:c r="A29" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:13">
       <x:c r="A30" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:13">
-      <x:c r="A32" s="0" t="s">
+    <x:row r="31" spans="1:13">
+      <x:c r="A31" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:13">
-      <x:c r="A34" s="0" t="s">
+    <x:row r="33" spans="1:13">
+      <x:c r="A33" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:13">
       <x:c r="A35" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:13">
-      <x:c r="A45" s="0" t="s">
+    <x:row r="36" spans="1:13">
+      <x:c r="A36" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:13">
       <x:c r="A46" s="0" t="s">
         <x:v>40</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:13">
+      <x:c r="A47" s="0" t="s">
+        <x:v>41</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>SJ101</vt:lpstr>
       <vt:lpstr>SJ101!Print_Area</vt:lpstr>
       <vt:lpstr>SJ101!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>