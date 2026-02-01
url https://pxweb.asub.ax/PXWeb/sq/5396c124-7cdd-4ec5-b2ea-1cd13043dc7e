--- v0 (2025-12-22)
+++ v1 (2026-02-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R773d68d981284c51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/79680ed6956f425db693ee45c5ef8f3f.psmdcp" Id="R87e5fe0743794658" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03199076db4c48ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f0467228b82d4b68ac7ce82416313d16.psmdcp" Id="Rf441f81464324498" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="RV001" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="71">
   <x:si>
     <x:t>Brott och deras uppklarning, Brott som kommit till myndigh. kännedom efter Typ av brott och År</x:t>
   </x:si>
   <x:si>
     <x:t>1980</x:t>
   </x:si>
   <x:si>