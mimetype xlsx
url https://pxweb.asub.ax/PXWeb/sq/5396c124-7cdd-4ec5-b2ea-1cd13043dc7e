--- v1 (2026-02-01)
+++ v2 (2026-02-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03199076db4c48ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f0467228b82d4b68ac7ce82416313d16.psmdcp" Id="Rf441f81464324498" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4aa932bd96c44a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/30dbdb66b64d4ccba15592637c080d6d.psmdcp" Id="Re5ee0d0830524f19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="RV001" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="71">
   <x:si>
     <x:t>Brott och deras uppklarning, Brott som kommit till myndigh. kännedom efter Typ av brott och År</x:t>
   </x:si>
   <x:si>
     <x:t>1980</x:t>
   </x:si>
   <x:si>