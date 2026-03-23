--- v2 (2026-02-22)
+++ v3 (2026-03-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4aa932bd96c44a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/30dbdb66b64d4ccba15592637c080d6d.psmdcp" Id="Re5ee0d0830524f19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9b785d22089478a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e97f46238ae14b2388ac454a49b0719d.psmdcp" Id="R072e6d411b2b4aa3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="RV001" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="71">
   <x:si>
     <x:t>Brott och deras uppklarning, Brott som kommit till myndigh. kännedom efter Typ av brott och År</x:t>
   </x:si>
   <x:si>
     <x:t>1980</x:t>
   </x:si>
   <x:si>