--- v0 (2025-12-28)
+++ v1 (2026-01-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf47057dbb794771" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bd9c0f5536294bb286bf92b94fc8ea8c.psmdcp" Id="R56f94dc8d167419f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dd95ff6fdb645b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/216024b71d1a4b9a88c604433d9f46b7.psmdcp" Id="R8409003131804afa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT007" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="50">
   <x:si>
     <x:t>Number of pupils in comprehensive school by Mother tounge and Year</x:t>
   </x:si>
   <x:si>
     <x:t>2012</x:t>
   </x:si>
   <x:si>