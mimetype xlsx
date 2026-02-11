--- v1 (2026-01-19)
+++ v2 (2026-02-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dd95ff6fdb645b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/216024b71d1a4b9a88c604433d9f46b7.psmdcp" Id="R8409003131804afa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R581cccf6bd2440b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/50618c8ee99c49e488efa44c6efa8fe9.psmdcp" Id="R2dc58b8fe7614ccf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT007" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="50">
   <x:si>
     <x:t>Number of pupils in comprehensive school by Mother tounge and Year</x:t>
   </x:si>
   <x:si>
     <x:t>2012</x:t>
   </x:si>
   <x:si>