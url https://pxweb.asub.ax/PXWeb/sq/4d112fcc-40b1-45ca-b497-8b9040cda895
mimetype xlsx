--- v2 (2026-02-11)
+++ v3 (2026-03-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R581cccf6bd2440b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/50618c8ee99c49e488efa44c6efa8fe9.psmdcp" Id="R2dc58b8fe7614ccf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbafca80858ef49fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/05aa024979e843c6a9f3dc1932b89de3.psmdcp" Id="R492b0acf671f40ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT007" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="50">
   <x:si>
     <x:t>Number of pupils in comprehensive school by Mother tounge and Year</x:t>
   </x:si>
   <x:si>
     <x:t>2012</x:t>
   </x:si>
   <x:si>