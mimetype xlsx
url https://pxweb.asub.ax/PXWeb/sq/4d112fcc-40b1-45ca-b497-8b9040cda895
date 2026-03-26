--- v3 (2026-03-03)
+++ v4 (2026-03-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbafca80858ef49fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/05aa024979e843c6a9f3dc1932b89de3.psmdcp" Id="R492b0acf671f40ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fbabf8761434c19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf06952fc6f54d0daad141d956eeaa07.psmdcp" Id="R1de73504d5a74c04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT007" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="50">
   <x:si>
     <x:t>Number of pupils in comprehensive school by Mother tounge and Year</x:t>
   </x:si>
   <x:si>
     <x:t>2012</x:t>
   </x:si>
   <x:si>