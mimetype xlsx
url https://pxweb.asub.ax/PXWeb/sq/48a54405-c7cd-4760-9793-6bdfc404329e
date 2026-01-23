--- v0 (2025-12-15)
+++ v1 (2026-01-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re889a026aed64e4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4d42071e8d27450187fba6350d801f85.psmdcp" Id="R01d60c1adeaa494f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ec762f54a794662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/17583ee343054e6bbd955da94f2045cd.psmdcp" Id="R3e8e345ba4534bac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT036" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
   <x:si>
     <x:t>Students outside Åland, Total, Total by year, field of education and sex</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>