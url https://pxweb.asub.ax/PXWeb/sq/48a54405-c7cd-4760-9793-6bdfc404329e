--- v1 (2026-01-23)
+++ v2 (2026-02-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ec762f54a794662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/17583ee343054e6bbd955da94f2045cd.psmdcp" Id="R3e8e345ba4534bac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaa8cfdc5a4a42d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cd348c4229a049c9b66c60dee725e6b1.psmdcp" Id="R21af0479d9d041c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT036" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
   <x:si>
     <x:t>Students outside Åland, Total, Total by year, field of education and sex</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>