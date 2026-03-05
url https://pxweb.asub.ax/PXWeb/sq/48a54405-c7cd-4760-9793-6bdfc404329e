--- v2 (2026-02-12)
+++ v3 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaa8cfdc5a4a42d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cd348c4229a049c9b66c60dee725e6b1.psmdcp" Id="R21af0479d9d041c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44137ccb1e8e4ab1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f632178e05d246ed9ec77791adc6d266.psmdcp" Id="R927c6d891a9742d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT036" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
   <x:si>
     <x:t>Students outside Åland, Total, Total by year, field of education and sex</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>