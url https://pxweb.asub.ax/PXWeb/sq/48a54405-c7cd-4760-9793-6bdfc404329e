--- v3 (2026-03-05)
+++ v4 (2026-03-31)
@@ -1,72 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44137ccb1e8e4ab1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f632178e05d246ed9ec77791adc6d266.psmdcp" Id="R927c6d891a9742d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22e8b8449c8743d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b71835a81e7d4660a5754a90228fd9f4.psmdcp" Id="R8cc79b9e9d324fe7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT036" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
   <x:si>
     <x:t>Students outside Åland, Total, Total by year, field of education and sex</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>
     <x:t>Females</x:t>
   </x:si>
   <x:si>
     <x:t>Males</x:t>
   </x:si>
   <x:si>
-    <x:t>2024</x:t>
+    <x:t>2025</x:t>
   </x:si>
   <x:si>
     <x:t>Generic</x:t>
   </x:si>
   <x:si>
     <x:t>Education</x:t>
   </x:si>
   <x:si>
     <x:t>Arts, humanities</x:t>
   </x:si>
   <x:si>
     <x:t>Social sciences, journalism, information</x:t>
   </x:si>
   <x:si>
     <x:t>Business, administration, law</x:t>
   </x:si>
   <x:si>
     <x:t>Natural sciences, mathematics, statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Information and communication technologies</x:t>
   </x:si>
   <x:si>
     <x:t>Engineering, manufacturing and construction</x:t>
   </x:si>
@@ -81,51 +81,51 @@
   </x:si>
   <x:si>
     <x:t>From 2017, the revised classification of fields of education ISCEDF 2013 is used. 
 The figures for 20002016 have been revised in accordance with the new classification, where the previous field Business and politics was split into two fields; Social sciences, journalism and information as well as Business, administration and law. 
 Moreover, the field Information and communication technologies was added.</x:t>
   </x:si>
   <x:si>
     <x:t>All fields of education:
 0 Generic
 1 Education
 2 Arts and humanities
  Social sciences, journalism and information
 4 Business, administration and law
 5 Natural sciences, mathematics and statistics
 6 Information and communication technologies
 7 Engineering, manufacturing and construction
 8 Agriculture, forestry, fisheries and veterinary
 9 Health and welfare
 10 Serrvices
 99 Other or unknown</x:t>
   </x:si>
   <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20250213 09:00</x:t>
+    <x:t>20260223 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Åland (ÅSUB)</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>PB 1187 AX-22111 Mariehamn</x:t>
   </x:si>
   <x:si>
     <x:t>+358 18-25490</x:t>
   </x:si>
   <x:si>
     <x:t>asub@asub.ax</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
@@ -547,211 +547,211 @@
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="C3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C4" s="3" t="n">
-        <x:v>1359</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>831</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>528</x:v>
+        <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="B5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>52</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>14</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="B6" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>123</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>96</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>27</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="B7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>179</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>120</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>59</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="B8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>140</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="B9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="E9" s="3" t="n">
         <x:v>131</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="B10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>42</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>26</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="B11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>44</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>25</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="B12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>176</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>138</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="B13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>31</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="B14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
-        <x:v>192</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="B15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>79</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>33</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="4" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="0" t="s">
         <x:v>20</x:v>