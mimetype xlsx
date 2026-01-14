--- v0 (2025-12-21)
+++ v1 (2026-01-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1e7283d1490429e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4b3412a2998d41d080520c33f188ae60.psmdcp" Id="R4a24298cdd7d4242" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fe2bb9fb7c7416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/db38be0158fe43e1af02ebce2a59fb5c.psmdcp" Id="Re007ec1cdd7d46fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT055" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Studerande vid Ålands folkhögskola efter Utbildning, År och Kön</x:t>
   </x:si>
   <x:si>
     <x:t>Studerande totalt</x:t>
   </x:si>
   <x:si>