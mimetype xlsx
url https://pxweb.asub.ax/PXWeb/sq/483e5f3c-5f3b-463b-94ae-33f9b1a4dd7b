--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fe2bb9fb7c7416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/db38be0158fe43e1af02ebce2a59fb5c.psmdcp" Id="Re007ec1cdd7d46fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4e876bc22ad41ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6875022aa77f45d1a80143a392bdb131.psmdcp" Id="Re9bb15f7d0a84293" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT055" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Studerande vid Ålands folkhögskola efter Utbildning, År och Kön</x:t>
   </x:si>
   <x:si>
     <x:t>Studerande totalt</x:t>
   </x:si>
   <x:si>