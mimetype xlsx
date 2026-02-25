--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4e876bc22ad41ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6875022aa77f45d1a80143a392bdb131.psmdcp" Id="Re9bb15f7d0a84293" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R491d92ad579c45e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1a393f30ec0b40c4b6442698d96ca053.psmdcp" Id="R9b4a3d0c115442f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT055" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Studerande vid Ålands folkhögskola efter Utbildning, År och Kön</x:t>
   </x:si>
   <x:si>
     <x:t>Studerande totalt</x:t>
   </x:si>
   <x:si>