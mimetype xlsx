--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R491d92ad579c45e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1a393f30ec0b40c4b6442698d96ca053.psmdcp" Id="R9b4a3d0c115442f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfeb2c1ef2ca4629" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/772e3e3ffdef4158bb45d67eecf97e4c.psmdcp" Id="R4df1ff91f6c744b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT055" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Studerande vid Ålands folkhögskola efter Utbildning, År och Kön</x:t>
   </x:si>
   <x:si>
     <x:t>Studerande totalt</x:t>
   </x:si>
   <x:si>