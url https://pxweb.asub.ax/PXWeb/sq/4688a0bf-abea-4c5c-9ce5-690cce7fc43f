--- v0 (2025-12-28)
+++ v1 (2026-01-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5d4fe5d51704c77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5904b243fb724a57a4cbbba31268ce9e.psmdcp" Id="Rc6db55d35cc644a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd16dd158cd064b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0d99d90269474954bb0b25fc396faab8.psmdcp" Id="Rf4962d45b1a949a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT004" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Number of pupils in comprehensive school with support activities by Type of support, Sex and Year</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>