--- v1 (2026-01-19)
+++ v2 (2026-02-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd16dd158cd064b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0d99d90269474954bb0b25fc396faab8.psmdcp" Id="Rf4962d45b1a949a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8618caa8ce84b4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5c888e8a18a743259474b69c5ec1bb27.psmdcp" Id="R30fa60e44ce34121" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT004" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Number of pupils in comprehensive school with support activities by Type of support, Sex and Year</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>