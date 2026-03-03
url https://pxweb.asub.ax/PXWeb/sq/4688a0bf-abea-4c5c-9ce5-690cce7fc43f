--- v2 (2026-02-11)
+++ v3 (2026-03-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8618caa8ce84b4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5c888e8a18a743259474b69c5ec1bb27.psmdcp" Id="R30fa60e44ce34121" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc962bbad0ff145fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bb5fda390206466099d2bfe22c7ee308.psmdcp" Id="Re58efb2270f84f78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT004" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Number of pupils in comprehensive school with support activities by Type of support, Sex and Year</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>