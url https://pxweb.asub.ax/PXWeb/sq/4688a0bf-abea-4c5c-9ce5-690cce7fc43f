--- v3 (2026-03-03)
+++ v4 (2026-03-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc962bbad0ff145fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bb5fda390206466099d2bfe22c7ee308.psmdcp" Id="Re58efb2270f84f78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc0e3183bee24324" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b8d8d7b1ba32444eb17cc041e7e67690.psmdcp" Id="Rf4ee3f4c1b454e42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT004" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Number of pupils in comprehensive school with support activities by Type of support, Sex and Year</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>