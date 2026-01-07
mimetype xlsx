--- v0 (2025-12-16)
+++ v1 (2026-01-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd689953bfc5f4fb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e4fdbb93c4164c4f8236e6a5906794c6.psmdcp" Id="R4cbc3960f4054ef0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8224f60f426461e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ff5921a2bc95484f87bd5f7ecf3fb30d.psmdcp" Id="R9e2049c4a90a4fec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT011" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Percentage of children enrolled in some form of child care by Year, Age and Region</x:t>
   </x:si>
   <x:si>
     <x:t>Åland</x:t>
   </x:si>
   <x:si>