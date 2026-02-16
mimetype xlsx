--- v1 (2026-01-07)
+++ v2 (2026-02-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8224f60f426461e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ff5921a2bc95484f87bd5f7ecf3fb30d.psmdcp" Id="R9e2049c4a90a4fec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0535f449ccbd4256" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a517cc9ebff14863941a96d3a3515937.psmdcp" Id="R0643d7ee5f704977" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT011" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Percentage of children enrolled in some form of child care by Year, Age and Region</x:t>
   </x:si>
   <x:si>
     <x:t>Åland</x:t>
   </x:si>
   <x:si>