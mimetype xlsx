--- v2 (2026-02-16)
+++ v3 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0535f449ccbd4256" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a517cc9ebff14863941a96d3a3515937.psmdcp" Id="R0643d7ee5f704977" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf396c788bf8143b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/da7699a39707428eae43928c11e2f51c.psmdcp" Id="R6fe53b6251ae4eb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT011" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Percentage of children enrolled in some form of child care by Year, Age and Region</x:t>
   </x:si>
   <x:si>
     <x:t>Åland</x:t>
   </x:si>
   <x:si>