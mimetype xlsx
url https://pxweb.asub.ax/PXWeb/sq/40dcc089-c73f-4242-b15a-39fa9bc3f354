--- v3 (2026-03-09)
+++ v4 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf396c788bf8143b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/da7699a39707428eae43928c11e2f51c.psmdcp" Id="R6fe53b6251ae4eb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9d150a4cdcd405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/539c3da4c3a44b6488bdbb584fa2c5dd.psmdcp" Id="R8d96cdc2452149d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT011" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Percentage of children enrolled in some form of child care by Year, Age and Region</x:t>
   </x:si>
   <x:si>
     <x:t>Åland</x:t>
   </x:si>
   <x:si>