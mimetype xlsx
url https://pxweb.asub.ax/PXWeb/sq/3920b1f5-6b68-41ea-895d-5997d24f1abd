--- v0 (2025-12-28)
+++ v1 (2026-01-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94966a027e0b4846" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf645d2271ec4ed59f1c9b78bea6fee9.psmdcp" Id="Rbb98b1915f284409" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8b63ac967554f25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eabe8853f48c488086b5760cbf26994f.psmdcp" Id="Rdcc8075d70714008" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT006" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Percentage of pupils at comprehensive school studying voluntary languages by Year, Language, Sex and Grade</x:t>
   </x:si>
   <x:si>
     <x:t>1st grade</x:t>
   </x:si>
   <x:si>