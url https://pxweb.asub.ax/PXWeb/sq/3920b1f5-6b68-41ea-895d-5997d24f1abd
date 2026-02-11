--- v1 (2026-01-19)
+++ v2 (2026-02-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8b63ac967554f25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eabe8853f48c488086b5760cbf26994f.psmdcp" Id="Rdcc8075d70714008" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a4b20e5414742cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9eb7c286819c4f7899dc458da0b6ad89.psmdcp" Id="R393a24d88a7f43fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT006" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Percentage of pupils at comprehensive school studying voluntary languages by Year, Language, Sex and Grade</x:t>
   </x:si>
   <x:si>
     <x:t>1st grade</x:t>
   </x:si>
   <x:si>