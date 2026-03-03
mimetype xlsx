--- v2 (2026-02-11)
+++ v3 (2026-03-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a4b20e5414742cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9eb7c286819c4f7899dc458da0b6ad89.psmdcp" Id="R393a24d88a7f43fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cdc8141d81d4c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5fb47208f3df401b833e9521b24dd942.psmdcp" Id="Ra424c02a514442e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT006" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Percentage of pupils at comprehensive school studying voluntary languages by Year, Language, Sex and Grade</x:t>
   </x:si>
   <x:si>
     <x:t>1st grade</x:t>
   </x:si>
   <x:si>