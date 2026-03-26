--- v3 (2026-03-03)
+++ v4 (2026-03-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cdc8141d81d4c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5fb47208f3df401b833e9521b24dd942.psmdcp" Id="Ra424c02a514442e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96146ed27bb74fff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/40c10bae649e4a80bbdb7df90b429137.psmdcp" Id="Rd6bc65861e7e4a61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT006" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Percentage of pupils at comprehensive school studying voluntary languages by Year, Language, Sex and Grade</x:t>
   </x:si>
   <x:si>
     <x:t>1st grade</x:t>
   </x:si>
   <x:si>