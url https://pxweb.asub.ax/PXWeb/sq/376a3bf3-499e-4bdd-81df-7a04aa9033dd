--- v0 (2026-01-01)
+++ v1 (2026-01-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc90248d3b4c34182" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c42cae4d0e94c978a85a3bc786d5169.psmdcp" Id="Rc5ed34c5b1a54d5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcafada9c58fb4016" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/991c93e21e7a4f22b2489aef79785c81.psmdcp" Id="R02137ec5a46d44d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ021" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <x:si>
     <x:t>Goods volume in shipborne traffic between Åland and Finland by direction, commodity group and year</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>