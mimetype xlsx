--- v1 (2026-01-22)
+++ v2 (2026-02-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcafada9c58fb4016" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/991c93e21e7a4f22b2489aef79785c81.psmdcp" Id="R02137ec5a46d44d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60c19a07e5a74742" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6b0ee34b573043f78de42ff63ec7ae47.psmdcp" Id="Rb00da879efcf4e55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ021" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <x:si>
     <x:t>Goods volume in shipborne traffic between Åland and Finland by direction, commodity group and year</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>