--- v2 (2026-02-12)
+++ v3 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60c19a07e5a74742" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6b0ee34b573043f78de42ff63ec7ae47.psmdcp" Id="Rb00da879efcf4e55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf118a91ca5544fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e56e9106b4ff4605b17b6af2c4792fab.psmdcp" Id="R9fa736ff753046dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ021" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <x:si>
     <x:t>Goods volume in shipborne traffic between Åland and Finland by direction, commodity group and year</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>