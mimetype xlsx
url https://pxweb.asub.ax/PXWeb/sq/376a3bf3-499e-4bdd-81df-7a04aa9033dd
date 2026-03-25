--- v3 (2026-03-05)
+++ v4 (2026-03-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf118a91ca5544fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e56e9106b4ff4605b17b6af2c4792fab.psmdcp" Id="R9fa736ff753046dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1149e4ef41c04cfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f7137d09b77f41cb8549bfc2076c2454.psmdcp" Id="R0bff3ac4969b417d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ021" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <x:si>
     <x:t>Goods volume in shipborne traffic between Åland and Finland by direction, commodity group and year</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>