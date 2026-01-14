--- v0 (2025-12-21)
+++ v1 (2026-01-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdb9970eb601478c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6ab3950f276b4c8caa6bf6399fb02ce2.psmdcp" Id="Rc2a4a7123a284a90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref89ed3ebbaf4155" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bb8904863ab241c3a86dcce4db57c139.psmdcp" Id="Rb9a80962bf534e20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT054" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Studerande vid Högskolan på Åland efter År och Hemort</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>