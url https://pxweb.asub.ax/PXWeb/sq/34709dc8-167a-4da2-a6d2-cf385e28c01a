--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref89ed3ebbaf4155" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bb8904863ab241c3a86dcce4db57c139.psmdcp" Id="Rb9a80962bf534e20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebcb1cd0a2014141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/143b132aae4d4acfbd656c1c2fdb97a3.psmdcp" Id="R39d7ccab02054ad8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT054" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Studerande vid Högskolan på Åland efter År och Hemort</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>