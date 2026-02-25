--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebcb1cd0a2014141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/143b132aae4d4acfbd656c1c2fdb97a3.psmdcp" Id="R39d7ccab02054ad8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb79ec6cf99844b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/378376b66d6f484b85b162d84adb8fd1.psmdcp" Id="R84356072f31c452a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT054" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Studerande vid Högskolan på Åland efter År och Hemort</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>