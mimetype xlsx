--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb79ec6cf99844b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/378376b66d6f484b85b162d84adb8fd1.psmdcp" Id="R84356072f31c452a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3c1518b0fa2474a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cc9d7cc5984a42c99621fd49a71c45e8.psmdcp" Id="R00045b103ee44d29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT054" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Studerande vid Högskolan på Åland efter År och Hemort</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>