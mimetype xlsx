--- v0 (2025-12-17)
+++ v1 (2026-01-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72e875a28b794350" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3fb35aa1ffb642aa860b3346b4d1757e.psmdcp" Id="Rac982983e4a84f87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ecaf6321b86441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/24349e8cdcdc4233872b26ed459654ad.psmdcp" Id="R169663effb2a4e2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT071" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Graduated students from upper secondary level by school and year</x:t>
   </x:si>
   <x:si>
     <x:t>2005</x:t>
   </x:si>
   <x:si>