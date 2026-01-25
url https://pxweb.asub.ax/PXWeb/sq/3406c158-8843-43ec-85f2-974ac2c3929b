--- v1 (2026-01-25)
+++ v2 (2026-01-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ecaf6321b86441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/24349e8cdcdc4233872b26ed459654ad.psmdcp" Id="R169663effb2a4e2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8b1039e51c142fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e14a127a338480680cc394aa3dd39ac.psmdcp" Id="R7893f49eb6184b62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT071" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Graduated students from upper secondary level by school and year</x:t>
   </x:si>
   <x:si>
     <x:t>2005</x:t>
   </x:si>
   <x:si>