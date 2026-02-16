--- v2 (2026-01-25)
+++ v3 (2026-02-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8b1039e51c142fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e14a127a338480680cc394aa3dd39ac.psmdcp" Id="R7893f49eb6184b62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56f0bf000e1e4d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/026d9b3dc84e426a816295151c753064.psmdcp" Id="R0f1ecf06faf54034" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT071" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Graduated students from upper secondary level by school and year</x:t>
   </x:si>
   <x:si>
     <x:t>2005</x:t>
   </x:si>
   <x:si>