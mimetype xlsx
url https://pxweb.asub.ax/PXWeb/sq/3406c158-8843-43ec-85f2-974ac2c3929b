--- v3 (2026-02-16)
+++ v4 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56f0bf000e1e4d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/026d9b3dc84e426a816295151c753064.psmdcp" Id="R0f1ecf06faf54034" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad9489f8f4b44f80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/32a817b7548845f6851a8637f5b96ad3.psmdcp" Id="R90fa0b9fca1f4e08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT071" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Graduated students from upper secondary level by school and year</x:t>
   </x:si>
   <x:si>
     <x:t>2005</x:t>
   </x:si>
   <x:si>