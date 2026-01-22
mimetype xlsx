--- v0 (2026-01-01)
+++ v1 (2026-01-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dc5a0e5b97546db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f5d2617c179c4381bfa46f04f0ac01d4.psmdcp" Id="R93faf2e3630349db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6699c3caf4834a47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c4f01e18590e4aab98732a202d843905.psmdcp" Id="R2015e960992c4943" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="56">
   <x:si>
     <x:t>The Åland owned shipping fleet, including local government owned ferries by year, number of vessels/gross tonnage and country of registration</x:t>
   </x:si>
   <x:si>
     <x:t>Number of vessels</x:t>
   </x:si>
   <x:si>