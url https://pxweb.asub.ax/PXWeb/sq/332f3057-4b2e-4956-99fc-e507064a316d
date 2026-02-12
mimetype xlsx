--- v1 (2026-01-22)
+++ v2 (2026-02-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6699c3caf4834a47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c4f01e18590e4aab98732a202d843905.psmdcp" Id="R2015e960992c4943" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb165590bb8214fae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/47d9f21985f84b65856bf39317f06e72.psmdcp" Id="R0dcdd73b808241db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="56">
   <x:si>
     <x:t>The Åland owned shipping fleet, including local government owned ferries by year, number of vessels/gross tonnage and country of registration</x:t>
   </x:si>
   <x:si>
     <x:t>Number of vessels</x:t>
   </x:si>
   <x:si>