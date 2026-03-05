--- v2 (2026-02-12)
+++ v3 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb165590bb8214fae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/47d9f21985f84b65856bf39317f06e72.psmdcp" Id="R0dcdd73b808241db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4cc001347a94b4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/54e72fadef0b4654a64f58aafadb98ac.psmdcp" Id="R2247f641e8534421" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="56">
   <x:si>
     <x:t>The Åland owned shipping fleet, including local government owned ferries by year, number of vessels/gross tonnage and country of registration</x:t>
   </x:si>
   <x:si>
     <x:t>Number of vessels</x:t>
   </x:si>
   <x:si>