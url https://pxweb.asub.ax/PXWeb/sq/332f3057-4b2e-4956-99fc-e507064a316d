--- v3 (2026-03-05)
+++ v4 (2026-03-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4cc001347a94b4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/54e72fadef0b4654a64f58aafadb98ac.psmdcp" Id="R2247f641e8534421" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R388c67c2b7844838" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c6763a93ae7541a4b49627a6b82dfe20.psmdcp" Id="Rab95529bfa5f42f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="56">
   <x:si>
     <x:t>The Åland owned shipping fleet, including local government owned ferries by year, number of vessels/gross tonnage and country of registration</x:t>
   </x:si>
   <x:si>
     <x:t>Number of vessels</x:t>
   </x:si>
   <x:si>