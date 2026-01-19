--- v0 (2025-12-28)
+++ v1 (2026-01-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reec5a436e6994766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/26a5e58d3a8849e8934bc3039c618459.psmdcp" Id="Rb23f932ffa104ea5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdea0891d75a74f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/449dcfaca7e84245b0c7971c55ed78de.psmdcp" Id="Rb9178c6396f64849" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT005" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Percentage of pupils in lower secondary education studying voluntary languages by School, Year and Number of languages</x:t>
   </x:si>
   <x:si>
     <x:t>2025</x:t>
   </x:si>
   <x:si>