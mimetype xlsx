--- v1 (2026-01-19)
+++ v2 (2026-02-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdea0891d75a74f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/449dcfaca7e84245b0c7971c55ed78de.psmdcp" Id="Rb9178c6396f64849" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd936fc627e054a45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/df7c64e2c9e8457e964f32cb56068c93.psmdcp" Id="R7b4110e902f24650" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT005" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Percentage of pupils in lower secondary education studying voluntary languages by School, Year and Number of languages</x:t>
   </x:si>
   <x:si>
     <x:t>2025</x:t>
   </x:si>
   <x:si>