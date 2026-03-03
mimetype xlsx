--- v2 (2026-02-11)
+++ v3 (2026-03-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd936fc627e054a45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/df7c64e2c9e8457e964f32cb56068c93.psmdcp" Id="R7b4110e902f24650" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb325e7cf31a741ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/291809147af34b40a528ba0847cd90bf.psmdcp" Id="Rf0084db7ddbf4a0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT005" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Percentage of pupils in lower secondary education studying voluntary languages by School, Year and Number of languages</x:t>
   </x:si>
   <x:si>
     <x:t>2025</x:t>
   </x:si>
   <x:si>