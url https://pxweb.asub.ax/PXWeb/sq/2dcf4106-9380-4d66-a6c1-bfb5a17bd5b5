--- v3 (2026-03-03)
+++ v4 (2026-03-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb325e7cf31a741ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/291809147af34b40a528ba0847cd90bf.psmdcp" Id="Rf0084db7ddbf4a0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eea2368afa944fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/050b6372464846a8a2f5b81c788a9ac0.psmdcp" Id="Rb298a725d704490d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT005" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Percentage of pupils in lower secondary education studying voluntary languages by School, Year and Number of languages</x:t>
   </x:si>
   <x:si>
     <x:t>2025</x:t>
   </x:si>
   <x:si>