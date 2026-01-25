--- v0 (2025-12-17)
+++ v1 (2026-01-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56d5db452c8544af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/60f87fa8dd924cf2892db7ccb9839f59.psmdcp" Id="Ra8d4161da4784e46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra413d0f828424b3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2625921342f54d1398d222092aba6d11.psmdcp" Id="R96b5c4db8a3c404e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT042" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>DefaultAppPool</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="B12" authorId="0">
       <x:text>
         <x:r>