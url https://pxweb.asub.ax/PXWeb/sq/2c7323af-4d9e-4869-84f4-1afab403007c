--- v1 (2026-01-25)
+++ v2 (2026-01-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra413d0f828424b3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2625921342f54d1398d222092aba6d11.psmdcp" Id="R96b5c4db8a3c404e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c8af6d675594200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8db714d664004e92b7cafe622266a423.psmdcp" Id="Rb3d87d73c2ca41a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT042" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>DefaultAppPool</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="B12" authorId="0">
       <x:text>
         <x:r>