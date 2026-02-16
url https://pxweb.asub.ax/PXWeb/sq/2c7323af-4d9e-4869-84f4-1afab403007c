--- v2 (2026-01-25)
+++ v3 (2026-02-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c8af6d675594200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8db714d664004e92b7cafe622266a423.psmdcp" Id="Rb3d87d73c2ca41a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R673266bf2af64d0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fa0a97ba5fc84fed9667c8632520551a.psmdcp" Id="Ra405538c4d4045f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT042" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>DefaultAppPool</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="B12" authorId="0">
       <x:text>
         <x:r>