--- v3 (2026-02-16)
+++ v4 (2026-03-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R673266bf2af64d0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fa0a97ba5fc84fed9667c8632520551a.psmdcp" Id="Ra405538c4d4045f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b42d5aa302546da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/96cb4ea6fe284ece8178d5798bffa04b.psmdcp" Id="R53ccf90ad5d84dc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT042" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>DefaultAppPool</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="B12" authorId="0">
       <x:text>
         <x:r>