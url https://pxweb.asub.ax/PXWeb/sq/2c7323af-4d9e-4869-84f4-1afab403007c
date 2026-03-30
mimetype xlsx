--- v4 (2026-03-09)
+++ v5 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b42d5aa302546da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/96cb4ea6fe284ece8178d5798bffa04b.psmdcp" Id="R53ccf90ad5d84dc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fb7386bf4184194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a0024141805a466e88e75246157c68c8.psmdcp" Id="R3923440e17534b00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT042" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>DefaultAppPool</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="B12" authorId="0">
       <x:text>
         <x:r>