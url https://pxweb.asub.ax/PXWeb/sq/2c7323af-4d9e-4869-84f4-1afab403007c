--- v5 (2026-03-30)
+++ v6 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fb7386bf4184194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a0024141805a466e88e75246157c68c8.psmdcp" Id="R3923440e17534b00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb0bfd2be87f4f74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/028cb74d28184724b1d48f990c88dbf8.psmdcp" Id="R5173f7e8bfe44a10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT042" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>DefaultAppPool</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="B12" authorId="0">
       <x:text>
         <x:r>