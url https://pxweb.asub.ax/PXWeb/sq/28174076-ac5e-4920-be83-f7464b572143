--- v0 (2025-12-15)
+++ v1 (2026-01-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf279abfbaf06422d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3cdf327da34f4532aa28a78ce73536b7.psmdcp" Id="Rbfe0f571c94949a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b20ec630ab64c10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a3f64dcf82094d278d29d63ba836cc9e.psmdcp" Id="Re56c336f23ed42bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT009" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Antal barn inom barnsomsorgen, Totalt efter Kommun, År och Verksamhetsform</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>