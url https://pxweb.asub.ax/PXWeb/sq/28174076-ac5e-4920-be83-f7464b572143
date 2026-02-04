--- v1 (2026-01-06)
+++ v2 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b20ec630ab64c10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a3f64dcf82094d278d29d63ba836cc9e.psmdcp" Id="Re56c336f23ed42bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d025c5f1834398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4e3ab86208e9425f89282bc59231d03e.psmdcp" Id="R125b2895e8924ee9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT009" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Antal barn inom barnsomsorgen, Totalt efter Kommun, År och Verksamhetsform</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>