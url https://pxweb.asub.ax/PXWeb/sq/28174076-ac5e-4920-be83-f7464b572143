--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d025c5f1834398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4e3ab86208e9425f89282bc59231d03e.psmdcp" Id="R125b2895e8924ee9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R129a632b8d4b46db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7b282f3422f542d4987cf9382081e538.psmdcp" Id="R635d501d4a434798" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT009" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Antal barn inom barnsomsorgen, Totalt efter Kommun, År och Verksamhetsform</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>