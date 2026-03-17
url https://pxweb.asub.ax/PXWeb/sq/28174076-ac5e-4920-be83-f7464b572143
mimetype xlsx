--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R129a632b8d4b46db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7b282f3422f542d4987cf9382081e538.psmdcp" Id="R635d501d4a434798" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38d62bcc7c9e423d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/506e59419cf4450eac124d64166b84f4.psmdcp" Id="Re7cd79f01d9b45ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT009" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Antal barn inom barnsomsorgen, Totalt efter Kommun, År och Verksamhetsform</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>