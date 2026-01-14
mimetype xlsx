--- v0 (2025-12-21)
+++ v1 (2026-01-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52c64d6f4dda49ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1408020071bb4964848874c1d77afd6d.psmdcp" Id="Rf2a10fb638cf40ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08f970a39849476b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8143b4af1f684c54a871d73a2a28a1f0.psmdcp" Id="R063885b25fa74a56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT051" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="64">
   <x:si>
     <x:t>Studerande på gymnasienivå efter Skola, Utbildningsprogram, År och Kön</x:t>
   </x:si>
   <x:si>
     <x:t>Studerande totalt</x:t>
   </x:si>
   <x:si>