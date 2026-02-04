--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08f970a39849476b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8143b4af1f684c54a871d73a2a28a1f0.psmdcp" Id="R063885b25fa74a56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96e743e3d32a4b57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4581c0f61696464484762de182f9c2b0.psmdcp" Id="Rdc139f179b7e458b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT051" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="64">
   <x:si>
     <x:t>Studerande på gymnasienivå efter Skola, Utbildningsprogram, År och Kön</x:t>
   </x:si>
   <x:si>
     <x:t>Studerande totalt</x:t>
   </x:si>
   <x:si>