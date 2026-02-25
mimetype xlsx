--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96e743e3d32a4b57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4581c0f61696464484762de182f9c2b0.psmdcp" Id="Rdc139f179b7e458b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf517035350d64cde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/deb26e88b8344c76b3a9eed0cfb123e9.psmdcp" Id="Rc661983b231b4121" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT051" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="64">
   <x:si>
     <x:t>Studerande på gymnasienivå efter Skola, Utbildningsprogram, År och Kön</x:t>
   </x:si>
   <x:si>
     <x:t>Studerande totalt</x:t>
   </x:si>
   <x:si>