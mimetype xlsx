--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf517035350d64cde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/deb26e88b8344c76b3a9eed0cfb123e9.psmdcp" Id="Rc661983b231b4121" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb83022c4a6af4f5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eacb1d83ea434dffa1ed974f14efc47f.psmdcp" Id="Re62c21c7ad334a66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT051" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="64">
   <x:si>
     <x:t>Studerande på gymnasienivå efter Skola, Utbildningsprogram, År och Kön</x:t>
   </x:si>
   <x:si>
     <x:t>Studerande totalt</x:t>
   </x:si>
   <x:si>