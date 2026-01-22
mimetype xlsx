--- v0 (2026-01-01)
+++ v1 (2026-01-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69d827eca3e948b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/580e549ab08e4ae1b0fa4d34ab092dbe.psmdcp" Id="R10bbe49af87a4b6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cd1608ee90b4e0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ee8f0bf5f95d45ac86f14d3e770cd06c.psmdcp" Id="R6501f99b46e14f81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ006" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Employment in sea transport enterprise, including Finnish residents outside Åland working on Finnish registered vessels owned by Åland companies by year and sex</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>