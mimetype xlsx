--- v1 (2026-01-22)
+++ v2 (2026-02-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cd1608ee90b4e0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ee8f0bf5f95d45ac86f14d3e770cd06c.psmdcp" Id="R6501f99b46e14f81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01293b79442c4470" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7849da79cdb0448abf3ce7c9ae8eb2fc.psmdcp" Id="Rf93727ceab0c4bfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ006" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Employment in sea transport enterprise, including Finnish residents outside Åland working on Finnish registered vessels owned by Åland companies by year and sex</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>