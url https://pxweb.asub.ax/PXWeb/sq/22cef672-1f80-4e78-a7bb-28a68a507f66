--- v2 (2026-02-12)
+++ v3 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01293b79442c4470" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7849da79cdb0448abf3ce7c9ae8eb2fc.psmdcp" Id="Rf93727ceab0c4bfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19c59e7a6e424f59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c85106d47fff45cba7e357dc153653a2.psmdcp" Id="Rc43b34926bf24048" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ006" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Employment in sea transport enterprise, including Finnish residents outside Åland working on Finnish registered vessels owned by Åland companies by year and sex</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>