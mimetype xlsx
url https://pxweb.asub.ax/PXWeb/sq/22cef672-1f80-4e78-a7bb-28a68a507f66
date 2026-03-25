--- v3 (2026-03-05)
+++ v4 (2026-03-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19c59e7a6e424f59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c85106d47fff45cba7e357dc153653a2.psmdcp" Id="Rc43b34926bf24048" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9583fd59df364b46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8a7fbc94874e4ee39b2298b2235f77ae.psmdcp" Id="R99ebb542c7b0478b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ006" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Employment in sea transport enterprise, including Finnish residents outside Åland working on Finnish registered vessels owned by Åland companies by year and sex</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>